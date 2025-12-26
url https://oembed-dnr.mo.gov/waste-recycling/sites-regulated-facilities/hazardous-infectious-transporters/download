--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -12,671 +12,659 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hazardous Waste and Infectious" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1420">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1416">
   <si>
     <t>EPA ID</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Mailing Address Line 1</t>
   </si>
   <si>
     <t>Mailing Address Line 2</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip Code</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Company Website</t>
   </si>
   <si>
     <t>Expiration Date</t>
   </si>
   <si>
     <t>US Dot Number</t>
   </si>
   <si>
     <t>Services</t>
   </si>
   <si>
-    <t>Biomedical Waste Disposal Inc.</t>
-[...5 lines deleted...]
-    <t>North Hollywood</t>
+    <t>Cyntox LLC</t>
+  </si>
+  <si>
+    <t>2105 W. County Line Road</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>New Jersey</t>
+  </si>
+  <si>
+    <t>08527</t>
+  </si>
+  <si>
+    <t>855-429-6869</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>Infectious Waste</t>
+  </si>
+  <si>
+    <t>Preferred Waste Concepts LLC</t>
+  </si>
+  <si>
+    <t>55 Clovercrest Court</t>
+  </si>
+  <si>
+    <t>St. Louis</t>
+  </si>
+  <si>
+    <t>Missouri</t>
+  </si>
+  <si>
+    <t>314-471-6117</t>
+  </si>
+  <si>
+    <t>04/08/2026</t>
+  </si>
+  <si>
+    <t>Medex Waste Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 968</t>
+  </si>
+  <si>
+    <t>Osceola</t>
+  </si>
+  <si>
+    <t>Arkansas</t>
+  </si>
+  <si>
+    <t>870-622-0073</t>
+  </si>
+  <si>
+    <t>04/23/2026</t>
+  </si>
+  <si>
+    <t>Class 6 - Poison/Infectious Substances</t>
+  </si>
+  <si>
+    <t>Interstate Ventures Inc.</t>
+  </si>
+  <si>
+    <t>1261 East TRI County Blvd.</t>
+  </si>
+  <si>
+    <t>Oliver Springs</t>
+  </si>
+  <si>
+    <t>Tennessee</t>
+  </si>
+  <si>
+    <t>865-237-3088</t>
+  </si>
+  <si>
+    <t>06/30/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>Fleet Fuels LLC</t>
+  </si>
+  <si>
+    <t>1405 Woodswether Rd.</t>
+  </si>
+  <si>
+    <t>Kansas City</t>
+  </si>
+  <si>
+    <t>877-876-3835</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>Class 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>Reladyne Reliability Services Inc.</t>
+  </si>
+  <si>
+    <t>15150 West Dr.</t>
+  </si>
+  <si>
+    <t>Houston</t>
+  </si>
+  <si>
+    <t>Texas</t>
+  </si>
+  <si>
+    <t>330-478-6979</t>
+  </si>
+  <si>
+    <t>07/07/2026</t>
+  </si>
+  <si>
+    <t>Keystone Med Waste Solutions LLC</t>
+  </si>
+  <si>
+    <t>613-D Liberty Street</t>
+  </si>
+  <si>
+    <t>Martinsville</t>
+  </si>
+  <si>
+    <t>Virginia</t>
+  </si>
+  <si>
+    <t>276-229-8878</t>
+  </si>
+  <si>
+    <t>07/08/2026</t>
+  </si>
+  <si>
+    <t>Medical Waste Services LLC</t>
+  </si>
+  <si>
+    <t>11995 Highway 62 E.</t>
+  </si>
+  <si>
+    <t>Harrison</t>
+  </si>
+  <si>
+    <t>870-427-6017</t>
+  </si>
+  <si>
+    <t>07/31/2026</t>
+  </si>
+  <si>
+    <t>CLYM Environmental Services LLC</t>
+  </si>
+  <si>
+    <t>1539 Tilco Dr. Suite 123</t>
+  </si>
+  <si>
+    <t>Frederick</t>
+  </si>
+  <si>
+    <t>Maryland</t>
+  </si>
+  <si>
+    <t>301-694-6000</t>
+  </si>
+  <si>
+    <t>08/05/2026</t>
+  </si>
+  <si>
+    <t>Green Resource Management Inc.</t>
+  </si>
+  <si>
+    <t>1000 Thomas Beck Road</t>
+  </si>
+  <si>
+    <t>Des Moines</t>
+  </si>
+  <si>
+    <t>Iowa</t>
+  </si>
+  <si>
+    <t>515-280-3013</t>
+  </si>
+  <si>
+    <t>08/19/2026</t>
+  </si>
+  <si>
+    <t>National Medical Waste LLC</t>
+  </si>
+  <si>
+    <t>P.O. Box 1784</t>
+  </si>
+  <si>
+    <t>Bentonville</t>
+  </si>
+  <si>
+    <t>479-319-8789</t>
+  </si>
+  <si>
+    <t>12/20/2026</t>
+  </si>
+  <si>
+    <t>Aftermath Services LLC</t>
+  </si>
+  <si>
+    <t>75 Executive Drive</t>
+  </si>
+  <si>
+    <t>Aurora</t>
+  </si>
+  <si>
+    <t>Illinois</t>
+  </si>
+  <si>
+    <t>630-405-5161</t>
+  </si>
+  <si>
+    <t>01/31/2027</t>
+  </si>
+  <si>
+    <t>Med Waste Gone LLC</t>
+  </si>
+  <si>
+    <t>50 Crestwood Executive Center</t>
+  </si>
+  <si>
+    <t>Saint Louis</t>
+  </si>
+  <si>
+    <t>314-729-9201</t>
+  </si>
+  <si>
+    <t>02/09/2027</t>
+  </si>
+  <si>
+    <t>TXR00008454</t>
+  </si>
+  <si>
+    <t>Chem Pro Transport LLC</t>
+  </si>
+  <si>
+    <t>201 Pamela Drive</t>
+  </si>
+  <si>
+    <t>Baytown</t>
+  </si>
+  <si>
+    <t>281-837-6492</t>
+  </si>
+  <si>
+    <t>02/22/2026</t>
+  </si>
+  <si>
+    <t>20ILR0002112</t>
+  </si>
+  <si>
+    <t>Carpathian Way Inc.</t>
+  </si>
+  <si>
+    <t>7444 Long Avenue</t>
+  </si>
+  <si>
+    <t>Skokie</t>
+  </si>
+  <si>
+    <t>224-857-6604</t>
+  </si>
+  <si>
+    <t>02/27/2026</t>
+  </si>
+  <si>
+    <t>Class 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>AID000622464</t>
+  </si>
+  <si>
+    <t>Chemical Waste Management Inc.</t>
+  </si>
+  <si>
+    <t>PO Box 55</t>
+  </si>
+  <si>
+    <t>Emelle</t>
+  </si>
+  <si>
+    <t>Alabama</t>
+  </si>
+  <si>
+    <t>205-652-8136</t>
+  </si>
+  <si>
+    <t>02/20/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ALD067138891</t>
+  </si>
+  <si>
+    <t>Robbie D. Wood Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 125</t>
+  </si>
+  <si>
+    <t>Dolomite</t>
+  </si>
+  <si>
+    <t>205-744-8440</t>
+  </si>
+  <si>
+    <t>03/24/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - MiscellaneousInfectious WasteUsed Oil</t>
+  </si>
+  <si>
+    <t>ALD095704011</t>
+  </si>
+  <si>
+    <t>Suttles Truck Leasing Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 129</t>
+  </si>
+  <si>
+    <t>Demopolis</t>
+  </si>
+  <si>
+    <t>334-289-0670</t>
+  </si>
+  <si>
+    <t>07/29/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 5 - Oxidizers/Organic PeroxidesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ALR000007237</t>
+  </si>
+  <si>
+    <t>Action Resources LLC</t>
+  </si>
+  <si>
+    <t>204 20th St. N.</t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>918-421-2420</t>
+  </si>
+  <si>
+    <t>08/31/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ALR000044743</t>
+  </si>
+  <si>
+    <t>Spectrum Industrial Services Inc.</t>
+  </si>
+  <si>
+    <t>85 Spectrum Cove</t>
+  </si>
+  <si>
+    <t>Alabaster</t>
+  </si>
+  <si>
+    <t>205-664-2000</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ALR000053272</t>
+  </si>
+  <si>
+    <t>Safeway Industrial Services LLC</t>
+  </si>
+  <si>
+    <t>PO Box 5435</t>
+  </si>
+  <si>
+    <t>Glencoe</t>
+  </si>
+  <si>
+    <t>256-492-3704</t>
+  </si>
+  <si>
+    <t>03/27/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - MiscellaneousClass 5 - Oxidizers/Organic PeroxidesClass 1 - ExplosivesClass 2 - Gases</t>
+  </si>
+  <si>
+    <t>ALR000056689</t>
+  </si>
+  <si>
+    <t>Action Environmental LLC</t>
+  </si>
+  <si>
+    <t>205-777-0328</t>
+  </si>
+  <si>
+    <t>03/23/2026</t>
+  </si>
+  <si>
+    <t>ARD983267279</t>
+  </si>
+  <si>
+    <t>Universal Transport Inc.</t>
+  </si>
+  <si>
+    <t>PO Box 15655</t>
+  </si>
+  <si>
+    <t>North Little Rock</t>
+  </si>
+  <si>
+    <t>501-888-6557</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ARR000005405</t>
+  </si>
+  <si>
+    <t>Used Oil Service Co. Inc.</t>
+  </si>
+  <si>
+    <t>PO Box 1741</t>
+  </si>
+  <si>
+    <t>Bethany</t>
+  </si>
+  <si>
+    <t>Oklahoma</t>
+  </si>
+  <si>
+    <t>479-841-3687</t>
+  </si>
+  <si>
+    <t>Class 9 - MiscellaneousUsed Oil</t>
+  </si>
+  <si>
+    <t>ARR000017830</t>
+  </si>
+  <si>
+    <t>Haz Mat Services Inc.</t>
+  </si>
+  <si>
+    <t>1225 L East Gilliland Drive</t>
+  </si>
+  <si>
+    <t>Texarkana</t>
+  </si>
+  <si>
+    <t>870-330-4535</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ARR000033381</t>
+  </si>
+  <si>
+    <t>Oakley Trucking Inc.</t>
+  </si>
+  <si>
+    <t>3400 Gribble Street</t>
+  </si>
+  <si>
+    <t>501-320-8424</t>
+  </si>
+  <si>
+    <t>08/09/2026</t>
+  </si>
+  <si>
+    <t>Class 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ARR00030387</t>
+  </si>
+  <si>
+    <t>Pollution Control Inc.</t>
+  </si>
+  <si>
+    <t>14700 Rockbridge Road</t>
+  </si>
+  <si>
+    <t>Little Rock</t>
+  </si>
+  <si>
+    <t>870-310-6074</t>
+  </si>
+  <si>
+    <t>10/05/2026</t>
+  </si>
+  <si>
+    <t>AZD982403586</t>
+  </si>
+  <si>
+    <t>Englund Equipment Co.</t>
+  </si>
+  <si>
+    <t>PO Box 250</t>
+  </si>
+  <si>
+    <t>Cashion</t>
+  </si>
+  <si>
+    <t>Arizona</t>
+  </si>
+  <si>
+    <t>623-518-2033</t>
+  </si>
+  <si>
+    <t>Class 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>CAD066151648</t>
+  </si>
+  <si>
+    <t>Thomas Gray and Associates Inc.</t>
+  </si>
+  <si>
+    <t>1205 W. Barkley Ave</t>
+  </si>
+  <si>
+    <t>Orange</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
-    <t>877-649-2424</t>
-[...547 lines deleted...]
-  <si>
     <t>714-997-8090</t>
   </si>
   <si>
     <t>03/15/2026</t>
   </si>
   <si>
     <t>CAD981692809</t>
   </si>
   <si>
     <t>Dillard Trucking Inc.</t>
   </si>
   <si>
     <t>P.O. Box 579</t>
   </si>
   <si>
     <t>Byron</t>
   </si>
   <si>
     <t>925-634-6850</t>
   </si>
   <si>
-    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - MiscellaneousClass 1 - Explosives</t>
+    <t>03/12/2027</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
   </si>
   <si>
     <t>CAD982030173</t>
   </si>
   <si>
     <t>Ecology Control Industries Inc.</t>
   </si>
   <si>
     <t>15707 South Main St.</t>
   </si>
   <si>
     <t>Gardena</t>
   </si>
   <si>
     <t>310-354-6673</t>
   </si>
   <si>
     <t>09/15/2026</t>
   </si>
   <si>
     <t>CAR000070540</t>
   </si>
   <si>
     <t>Advanced Chemical Transport Inc.</t>
   </si>
@@ -1025,51 +1013,51 @@
   <si>
     <t>Chicago</t>
   </si>
   <si>
     <t>262-658-4000</t>
   </si>
   <si>
     <t>12/13/2026</t>
   </si>
   <si>
     <t>ILD006493191</t>
   </si>
   <si>
     <t>Schiber Truck Company Inc.</t>
   </si>
   <si>
     <t>P.O. Box 68</t>
   </si>
   <si>
     <t>Hartford</t>
   </si>
   <si>
     <t>618-254-2514</t>
   </si>
   <si>
-    <t>02/15/2026</t>
+    <t>02/15/2027</t>
   </si>
   <si>
     <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 8 - CorrosivesClass 9 - MiscellaneousUsed Oil</t>
   </si>
   <si>
     <t>ILD006773030</t>
   </si>
   <si>
     <t>Heniff Transportation Systems LLC</t>
   </si>
   <si>
     <t>2222 Camden Ct.</t>
   </si>
   <si>
     <t>Oak Brook</t>
   </si>
   <si>
     <t>630-481-2459</t>
   </si>
   <si>
     <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
   </si>
   <si>
     <t>ILD009848193</t>
   </si>
@@ -1340,2486 +1328,2486 @@
   <si>
     <t>One Racehorse Drive</t>
   </si>
   <si>
     <t>618-646-5397</t>
   </si>
   <si>
     <t>11/28/2026</t>
   </si>
   <si>
     <t>ILR000144600</t>
   </si>
   <si>
     <t>Poracky and Associates LTD</t>
   </si>
   <si>
     <t>1220 Harvard Drive</t>
   </si>
   <si>
     <t>Kanakee</t>
   </si>
   <si>
     <t>815-929-9440</t>
   </si>
   <si>
+    <t>02/28/2027</t>
+  </si>
+  <si>
+    <t>ILR000149146</t>
+  </si>
+  <si>
+    <t>Quantix Liquid Transportation Inc.</t>
+  </si>
+  <si>
+    <t>12550 S. Stony Island Ave.</t>
+  </si>
+  <si>
+    <t>800-544-7781</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 6 - Poison/Infectious SubstancesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ILR000169029</t>
+  </si>
+  <si>
+    <t>Daniels Sharpsmart Inc.</t>
+  </si>
+  <si>
+    <t>111 W. Jackson Blvd. Suite 1900</t>
+  </si>
+  <si>
+    <t>312-285-9087</t>
+  </si>
+  <si>
+    <t>07/13/2026</t>
+  </si>
+  <si>
+    <t>ILR000176347</t>
+  </si>
+  <si>
+    <t>Newman Carriers Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 309</t>
+  </si>
+  <si>
+    <t>Edwardsville</t>
+  </si>
+  <si>
+    <t>618-364-8878</t>
+  </si>
+  <si>
+    <t>09/21/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>ILR000197244</t>
+  </si>
+  <si>
+    <t>Haz Chem Environmental Co.</t>
+  </si>
+  <si>
+    <t>330 S. Fairbank</t>
+  </si>
+  <si>
+    <t>Addison</t>
+  </si>
+  <si>
+    <t>630-458-1910</t>
+  </si>
+  <si>
+    <t>04/10/2026</t>
+  </si>
+  <si>
+    <t>ILR000200097</t>
+  </si>
+  <si>
+    <t>Hazardous Waste Haulers Inc.</t>
+  </si>
+  <si>
+    <t>21745 Moni Drive</t>
+  </si>
+  <si>
+    <t>New Lenox</t>
+  </si>
+  <si>
+    <t>708-263-0756</t>
+  </si>
+  <si>
+    <t>09/29/2026</t>
+  </si>
+  <si>
+    <t>ILR000213157</t>
+  </si>
+  <si>
+    <t>KSK Transport Inc.</t>
+  </si>
+  <si>
+    <t>1916 Wright Boulevard</t>
+  </si>
+  <si>
+    <t>Schaumburg</t>
+  </si>
+  <si>
+    <t>303-856-6002</t>
+  </si>
+  <si>
+    <t>05/31/2026</t>
+  </si>
+  <si>
+    <t>ILR000213710</t>
+  </si>
+  <si>
+    <t>SRD Freight Inc.</t>
+  </si>
+  <si>
+    <t>95 E. Walnut Street</t>
+  </si>
+  <si>
+    <t>Roselle</t>
+  </si>
+  <si>
+    <t>866-528-8855</t>
+  </si>
+  <si>
+    <t>03/22/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 4 - Flammable SolidsClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>IND008779456</t>
+  </si>
+  <si>
+    <t>Time Dedicated Carriers Inc.</t>
+  </si>
+  <si>
+    <t>2827 West State Road 66 Suite A</t>
+  </si>
+  <si>
+    <t>Rockport</t>
+  </si>
+  <si>
+    <t>502-592-1271</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>IND058484114</t>
+  </si>
+  <si>
+    <t>Heritage Transport LLC</t>
+  </si>
+  <si>
+    <t>1626 Research Way</t>
+  </si>
+  <si>
+    <t>Indianapolis</t>
+  </si>
+  <si>
+    <t>317-991-0392</t>
+  </si>
+  <si>
+    <t>IND181353806</t>
+  </si>
+  <si>
+    <t>Midwest Environmental Services Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 218</t>
+  </si>
+  <si>
+    <t>Brownstown</t>
+  </si>
+  <si>
+    <t>513-681-9990</t>
+  </si>
+  <si>
+    <t>05/15/2026</t>
+  </si>
+  <si>
+    <t>IND984868406</t>
+  </si>
+  <si>
+    <t>Neier Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 151</t>
+  </si>
+  <si>
+    <t>Coatesville</t>
+  </si>
+  <si>
+    <t>317-222-6346</t>
+  </si>
+  <si>
+    <t>01/26/2027</t>
+  </si>
+  <si>
+    <t>IND985046499</t>
+  </si>
+  <si>
+    <t>Liquid Waste Removal Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 795</t>
+  </si>
+  <si>
+    <t>Greenwood</t>
+  </si>
+  <si>
+    <t>317-881-9754</t>
+  </si>
+  <si>
+    <t>12/07/2026</t>
+  </si>
+  <si>
+    <t>INR000005173</t>
+  </si>
+  <si>
+    <t>T F Boyle Transportation Inc.</t>
+  </si>
+  <si>
+    <t>15 Riverhurst Road</t>
+  </si>
+  <si>
+    <t>Billerica</t>
+  </si>
+  <si>
+    <t>Massachusetts</t>
+  </si>
+  <si>
+    <t>01821</t>
+  </si>
+  <si>
+    <t>800-343-2004</t>
+  </si>
+  <si>
+    <t>08/08/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 4 - Flammable SolidsClass 6 - Poison/Infectious SubstancesClass 8 - Corrosives</t>
+  </si>
+  <si>
+    <t>INR000018960</t>
+  </si>
+  <si>
+    <t>Gardner Transport Services Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 47074</t>
+  </si>
+  <si>
+    <t>317-781-0981</t>
+  </si>
+  <si>
+    <t>02/14/2027</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>INR000104224</t>
+  </si>
+  <si>
+    <t>Superior Transportation Logistics LLC</t>
+  </si>
+  <si>
+    <t>1402 N. Capitol Ave. Ste. 100</t>
+  </si>
+  <si>
+    <t>317-781-4400</t>
+  </si>
+  <si>
+    <t>10/27/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - MiscellaneousUsed Oil</t>
+  </si>
+  <si>
+    <t>INR000123497</t>
+  </si>
+  <si>
+    <t>Tradebe Transportation LLC</t>
+  </si>
+  <si>
+    <t>1433 E. 83rd Ave. Suite 200</t>
+  </si>
+  <si>
+    <t>Merrillville</t>
+  </si>
+  <si>
+    <t>219-354-2472</t>
+  </si>
+  <si>
+    <t>INR000142521</t>
+  </si>
+  <si>
+    <t>Switzer Tank Lines Inc.</t>
+  </si>
+  <si>
+    <t>Mount Summit</t>
+  </si>
+  <si>
+    <t>765-836-2914</t>
+  </si>
+  <si>
+    <t>03/08/2026</t>
+  </si>
+  <si>
+    <t>INR000145292</t>
+  </si>
+  <si>
+    <t>Apollos Water LLC</t>
+  </si>
+  <si>
+    <t>108 West 1250 S.</t>
+  </si>
+  <si>
+    <t>Battle Ground</t>
+  </si>
+  <si>
+    <t>765-421-3633</t>
+  </si>
+  <si>
+    <t>11/12/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 6 - Poison/Infectious Substances</t>
+  </si>
+  <si>
+    <t>KS0000336891</t>
+  </si>
+  <si>
+    <t>Savannah Transport Inc.</t>
+  </si>
+  <si>
+    <t>3454 W. 8600 South</t>
+  </si>
+  <si>
+    <t>West Jordan</t>
+  </si>
+  <si>
+    <t>Utah</t>
+  </si>
+  <si>
+    <t>877-595-0100</t>
+  </si>
+  <si>
+    <t>08/07/2026</t>
+  </si>
+  <si>
+    <t>KS0123456979</t>
+  </si>
+  <si>
+    <t>Premier Lubricants LLC</t>
+  </si>
+  <si>
+    <t>5800 Hunters Lane</t>
+  </si>
+  <si>
+    <t>Atchison</t>
+  </si>
+  <si>
+    <t>Kansas</t>
+  </si>
+  <si>
+    <t>913-360-3824</t>
+  </si>
+  <si>
+    <t>11/05/2026</t>
+  </si>
+  <si>
+    <t>KSD054757646</t>
+  </si>
+  <si>
+    <t>Sunbelt Solomon Services LLC</t>
+  </si>
+  <si>
+    <t>P.O. Box 245</t>
+  </si>
+  <si>
+    <t>Solomon</t>
+  </si>
+  <si>
+    <t>785-655-2632</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>KSD984969238</t>
+  </si>
+  <si>
+    <t>Barton Solvents Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 221</t>
+  </si>
+  <si>
+    <t>515-265-7998</t>
+  </si>
+  <si>
+    <t>12/27/2026</t>
+  </si>
+  <si>
+    <t>KSD984990192</t>
+  </si>
+  <si>
+    <t>Southwest Express Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box Q</t>
+  </si>
+  <si>
+    <t>Hugoton</t>
+  </si>
+  <si>
+    <t>620-544-7500</t>
+  </si>
+  <si>
+    <t>06/04/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>KSD985016047</t>
+  </si>
+  <si>
+    <t>Haz-Mat Response Inc.</t>
+  </si>
+  <si>
+    <t>1203C S. Parker St.</t>
+  </si>
+  <si>
+    <t>Olathe</t>
+  </si>
+  <si>
+    <t>800-229-5252</t>
+  </si>
+  <si>
+    <t>01/11/2026</t>
+  </si>
+  <si>
+    <t>KSR128383734</t>
+  </si>
+  <si>
+    <t>Doug Bradley Trucking Inc.</t>
+  </si>
+  <si>
+    <t>680 E. Water Well Road</t>
+  </si>
+  <si>
+    <t>Salina</t>
+  </si>
+  <si>
+    <t>785-826-9681</t>
+  </si>
+  <si>
+    <t>01/08/2026</t>
+  </si>
+  <si>
+    <t>Class 8 - Corrosives</t>
+  </si>
+  <si>
+    <t>KY0000967653</t>
+  </si>
+  <si>
+    <t>Perdue Environmental Contracting Co. Inc.</t>
+  </si>
+  <si>
+    <t>250 Etter Drive</t>
+  </si>
+  <si>
+    <t>Nicholasville</t>
+  </si>
+  <si>
+    <t>Kentucky</t>
+  </si>
+  <si>
+    <t>859-887-5508</t>
+  </si>
+  <si>
+    <t>11/29/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic Peroxides</t>
+  </si>
+  <si>
+    <t>KYR000043695</t>
+  </si>
+  <si>
+    <t>Usher Transport Inc.</t>
+  </si>
+  <si>
+    <t>3801 Shanks Lane</t>
+  </si>
+  <si>
+    <t>Louisville</t>
+  </si>
+  <si>
+    <t>502-449-4000</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - MiscellaneousInfectious Waste</t>
+  </si>
+  <si>
+    <t>KYR000073379</t>
+  </si>
+  <si>
+    <t>Jason Anderson Trucking LLC</t>
+  </si>
+  <si>
+    <t>305 Scott Road</t>
+  </si>
+  <si>
+    <t>Ledbetter</t>
+  </si>
+  <si>
+    <t>270-709-5191</t>
+  </si>
+  <si>
+    <t>01/03/2027</t>
+  </si>
+  <si>
+    <t>KYR000075481</t>
+  </si>
+  <si>
+    <t>Chase Environmental Group Inc.</t>
+  </si>
+  <si>
+    <t>11450 Watterson Court</t>
+  </si>
+  <si>
+    <t>865-603-2618</t>
+  </si>
+  <si>
+    <t>LAD980796627</t>
+  </si>
+  <si>
+    <t>Stranco LLC</t>
+  </si>
+  <si>
+    <t>70459 Highway 59</t>
+  </si>
+  <si>
+    <t>Abita Springs</t>
+  </si>
+  <si>
+    <t>Louisiana</t>
+  </si>
+  <si>
+    <t>985-893-5308</t>
+  </si>
+  <si>
+    <t>06/09/2026</t>
+  </si>
+  <si>
+    <t>LAR000045963</t>
+  </si>
+  <si>
+    <t>Dupre Logistics LLC</t>
+  </si>
+  <si>
+    <t>201 Energy Parkway Suite 500</t>
+  </si>
+  <si>
+    <t>Lafayette</t>
+  </si>
+  <si>
+    <t>337-237-8471</t>
+  </si>
+  <si>
+    <t>05/18/2026</t>
+  </si>
+  <si>
+    <t>LAR000055467</t>
+  </si>
+  <si>
+    <t>LEI Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 550</t>
+  </si>
+  <si>
+    <t>Independence</t>
+  </si>
+  <si>
+    <t>985-878-8210</t>
+  </si>
+  <si>
+    <t>LAR000059592</t>
+  </si>
+  <si>
+    <t>Hine Environmental Services LLC</t>
+  </si>
+  <si>
+    <t>4327 27 South</t>
+  </si>
+  <si>
+    <t>Sulphur</t>
+  </si>
+  <si>
+    <t>337-558-5635</t>
+  </si>
+  <si>
+    <t>11/22/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>LAR000103081</t>
+  </si>
+  <si>
+    <t>Louisiana Environmental Transportation LLC</t>
+  </si>
+  <si>
+    <t>13097 Highway 308</t>
+  </si>
+  <si>
+    <t>Larose</t>
+  </si>
+  <si>
+    <t>985-693-6266</t>
+  </si>
+  <si>
+    <t>06/24/2026</t>
+  </si>
+  <si>
+    <t>LAT230013716</t>
+  </si>
+  <si>
+    <t>Triad Environmental Services LLC</t>
+  </si>
+  <si>
+    <t>3022 Highway 190 West</t>
+  </si>
+  <si>
+    <t>Port Allen</t>
+  </si>
+  <si>
+    <t>225-376-2233</t>
+  </si>
+  <si>
+    <t>09/18/2026</t>
+  </si>
+  <si>
+    <t>MAC300006038</t>
+  </si>
+  <si>
+    <t>Goulet Trucking Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 259</t>
+  </si>
+  <si>
+    <t>South Deerfield</t>
+  </si>
+  <si>
+    <t>01373</t>
+  </si>
+  <si>
+    <t>413-665-1323</t>
+  </si>
+  <si>
+    <t>07/27/2026</t>
+  </si>
+  <si>
+    <t>MAC300016672</t>
+  </si>
+  <si>
+    <t>Triumvirate Environmental Inc.</t>
+  </si>
+  <si>
+    <t>200 Inner Belt Road</t>
+  </si>
+  <si>
+    <t>Somerville</t>
+  </si>
+  <si>
+    <t>02143</t>
+  </si>
+  <si>
+    <t>617-628-8098</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - MiscellaneousInfectious Waste</t>
+  </si>
+  <si>
+    <t>MAD039322250</t>
+  </si>
+  <si>
+    <t>Clean Harbors Environmental Services Inc.</t>
+  </si>
+  <si>
+    <t>261 Eiler Ave.</t>
+  </si>
+  <si>
+    <t>800-483-3718</t>
+  </si>
+  <si>
+    <t>05/26/2026</t>
+  </si>
+  <si>
+    <t>MDR000526798</t>
+  </si>
+  <si>
+    <t>Clean Safe Technologies Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 236</t>
+  </si>
+  <si>
+    <t>Barstow</t>
+  </si>
+  <si>
+    <t>410-257-0090</t>
+  </si>
+  <si>
+    <t>05/17/2026</t>
+  </si>
+  <si>
+    <t>MID059912956</t>
+  </si>
+  <si>
+    <t>SQS Inc.</t>
+  </si>
+  <si>
+    <t>13040 Merriman Suite 200</t>
+  </si>
+  <si>
+    <t>Livonia</t>
+  </si>
+  <si>
+    <t>Michigan</t>
+  </si>
+  <si>
+    <t>248-707-1410</t>
+  </si>
+  <si>
+    <t>09/24/2026</t>
+  </si>
+  <si>
+    <t>MID092947928</t>
+  </si>
+  <si>
+    <t>DLD Environmental Services Inc.</t>
+  </si>
+  <si>
+    <t>P.O Box 249</t>
+  </si>
+  <si>
+    <t>Parchment</t>
+  </si>
+  <si>
+    <t>269-685-9824</t>
+  </si>
+  <si>
+    <t>MID106869506</t>
+  </si>
+  <si>
+    <t>Youngs Environmental Cleanup Inc.</t>
+  </si>
+  <si>
+    <t>G5305 N. Dort Highway</t>
+  </si>
+  <si>
+    <t>Flint</t>
+  </si>
+  <si>
+    <t>810-789-7155</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - MiscellaneousInfectious Waste</t>
+  </si>
+  <si>
+    <t>MIK126399684</t>
+  </si>
+  <si>
+    <t>S and C Transport Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 2459</t>
+  </si>
+  <si>
+    <t>Belleville</t>
+  </si>
+  <si>
+    <t>734-422-0200</t>
+  </si>
+  <si>
+    <t>09/05/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - MiscellaneousUsed Oil</t>
+  </si>
+  <si>
+    <t>MIK593743838</t>
+  </si>
+  <si>
+    <t>US Ecology Transportation Solutions Inc.</t>
+  </si>
+  <si>
+    <t>17440 College Parkway Suite 300</t>
+  </si>
+  <si>
+    <t>734-521-8029</t>
+  </si>
+  <si>
+    <t>09/25/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - MiscellaneousInfectious WasteUsed Oil</t>
+  </si>
+  <si>
+    <t>MIK768689127</t>
+  </si>
+  <si>
+    <t>Taplin Group LLC</t>
+  </si>
+  <si>
+    <t>5140 W. Michigan Ave.</t>
+  </si>
+  <si>
+    <t>Kalamazoo</t>
+  </si>
+  <si>
+    <t>269-375-9595</t>
+  </si>
+  <si>
+    <t>01/27/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 5 - Oxidizers/Organic PeroxidesClass 8 - Corrosives</t>
+  </si>
+  <si>
+    <t>MIR000017079</t>
+  </si>
+  <si>
+    <t>HM Environmental Services Inc.</t>
+  </si>
+  <si>
+    <t>42826 North Walnut</t>
+  </si>
+  <si>
+    <t>Mount Clemens</t>
+  </si>
+  <si>
+    <t>586-469-0041</t>
+  </si>
+  <si>
+    <t>03/29/2026</t>
+  </si>
+  <si>
+    <t>MIR000037697</t>
+  </si>
+  <si>
+    <t>Earth Smart Environmental Solutions LLC</t>
+  </si>
+  <si>
+    <t>232 S. Dillard St. Suite 230</t>
+  </si>
+  <si>
+    <t>Winter Garden</t>
+  </si>
+  <si>
+    <t>407-614-8759</t>
+  </si>
+  <si>
+    <t>12/06/2026</t>
+  </si>
+  <si>
+    <t>MIT270012321</t>
+  </si>
+  <si>
+    <t>Harold Marcus LTD</t>
+  </si>
+  <si>
+    <t>15124 Longwoods Road</t>
+  </si>
+  <si>
+    <t>Bothwell</t>
+  </si>
+  <si>
+    <t>N0P1C0</t>
+  </si>
+  <si>
+    <t>519-695-3734</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>MN5000154823</t>
+  </si>
+  <si>
+    <t>Klingberg Trucking Inc.</t>
+  </si>
+  <si>
+    <t>18105 Dairy Lane</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Minnesota</t>
+  </si>
+  <si>
+    <t>952-238-2718</t>
+  </si>
+  <si>
+    <t>MND006962419</t>
+  </si>
+  <si>
+    <t>Northern States Power Co.</t>
+  </si>
+  <si>
+    <t>414 Nicollet Mall (MP-4)</t>
+  </si>
+  <si>
+    <t>Minneapolis</t>
+  </si>
+  <si>
+    <t>612-337-2085</t>
+  </si>
+  <si>
+    <t>07/26/2026</t>
+  </si>
+  <si>
+    <t>MND044176113</t>
+  </si>
+  <si>
+    <t>Pioneer Tank Lines Inc.</t>
+  </si>
+  <si>
+    <t>12501 Hudson Road</t>
+  </si>
+  <si>
+    <t>Afton</t>
+  </si>
+  <si>
+    <t>651-436-8296</t>
+  </si>
+  <si>
+    <t>06/25/2026</t>
+  </si>
+  <si>
+    <t>MND985688167</t>
+  </si>
+  <si>
+    <t>Jade Transport LTD</t>
+  </si>
+  <si>
+    <t>963 Dugal Road</t>
+  </si>
+  <si>
+    <t>Winnipeg</t>
+  </si>
+  <si>
+    <t>Manitoba</t>
+  </si>
+  <si>
+    <t>R2J0G8</t>
+  </si>
+  <si>
+    <t>204-233-3566</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>MNR000078675</t>
+  </si>
+  <si>
+    <t>The Retrofit Companies Inc.</t>
+  </si>
+  <si>
+    <t>1010 Hoffman Drive Suite A</t>
+  </si>
+  <si>
+    <t>Owatonna</t>
+  </si>
+  <si>
+    <t>612-756-0290</t>
+  </si>
+  <si>
+    <t>12/04/2026</t>
+  </si>
+  <si>
+    <t>MNS000110924</t>
+  </si>
+  <si>
+    <t>Clean Earth Specialty Waste Solutions Inc.</t>
+  </si>
+  <si>
+    <t>7273 State Highway 76</t>
+  </si>
+  <si>
+    <t>Heenah</t>
+  </si>
+  <si>
+    <t>Wisconsin</t>
+  </si>
+  <si>
+    <t>920-720-7797</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>MNS000192872</t>
+  </si>
+  <si>
+    <t>Metro Transport Services LLC</t>
+  </si>
+  <si>
+    <t>P.O. Box 289</t>
+  </si>
+  <si>
+    <t>Newport</t>
+  </si>
+  <si>
+    <t>651-459-2511</t>
+  </si>
+  <si>
+    <t>MNT280011586</t>
+  </si>
+  <si>
+    <t>OSI Environmental Inc.</t>
+  </si>
+  <si>
+    <t>300 Fayal Road</t>
+  </si>
+  <si>
+    <t>Eveleth</t>
+  </si>
+  <si>
+    <t>218-744-3064</t>
+  </si>
+  <si>
+    <t>03/06/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious Substances</t>
+  </si>
+  <si>
+    <t>MOD006966675</t>
+  </si>
+  <si>
+    <t>Sho Me Power Electric Cooperative</t>
+  </si>
+  <si>
+    <t>PO Box D</t>
+  </si>
+  <si>
+    <t>Marshfield</t>
+  </si>
+  <si>
+    <t>417-859-2615</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>MOD050227610</t>
+  </si>
+  <si>
+    <t>Leeser Tx Inc.</t>
+  </si>
+  <si>
+    <t>6985 County Road 326</t>
+  </si>
+  <si>
+    <t>Palmyra</t>
+  </si>
+  <si>
+    <t>573-769-2227</t>
+  </si>
+  <si>
+    <t>MOD095038998</t>
+  </si>
+  <si>
+    <t>Bed Rock Inc.</t>
+  </si>
+  <si>
+    <t>8141 E. 7th St.</t>
+  </si>
+  <si>
+    <t>Joplin</t>
+  </si>
+  <si>
+    <t>417-621-2828</t>
+  </si>
+  <si>
+    <t>MOD096733605</t>
+  </si>
+  <si>
+    <t>Ameren Services Co.</t>
+  </si>
+  <si>
+    <t>PO Box 66149</t>
+  </si>
+  <si>
+    <t>314-554-2194</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable Liquids</t>
+  </si>
+  <si>
+    <t>MOD115825531</t>
+  </si>
+  <si>
+    <t>Environmental Restoration LLC</t>
+  </si>
+  <si>
+    <t>1666 Fabick Drive</t>
+  </si>
+  <si>
+    <t>Fenton</t>
+  </si>
+  <si>
+    <t>636-680-2419</t>
+  </si>
+  <si>
+    <t>MOD981728504</t>
+  </si>
+  <si>
+    <t>Environmental Works Inc.</t>
+  </si>
+  <si>
+    <t>1455 E. Chestnut Expressway</t>
+  </si>
+  <si>
+    <t>Springfield</t>
+  </si>
+  <si>
+    <t>417-890-9500</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 8 - CorrosivesClass 9 - MiscellaneousInfectious Waste</t>
+  </si>
+  <si>
+    <t>MOR000000976</t>
+  </si>
+  <si>
+    <t>Buccheit Trucking Service Inc.</t>
+  </si>
+  <si>
+    <t>600 Daugherty Street</t>
+  </si>
+  <si>
+    <t>Scott City</t>
+  </si>
+  <si>
+    <t>573-624-1700</t>
+  </si>
+  <si>
+    <t>MOR000042705</t>
+  </si>
+  <si>
+    <t>MFA Oil Co.</t>
+  </si>
+  <si>
+    <t>PO Box 519</t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
+    <t>573-999-2489</t>
+  </si>
+  <si>
+    <t>10/08/2026</t>
+  </si>
+  <si>
+    <t>MOR000501981</t>
+  </si>
+  <si>
+    <t>TNI (USA) Inc.</t>
+  </si>
+  <si>
+    <t>07/28/2026</t>
+  </si>
+  <si>
+    <t>MOR000521179</t>
+  </si>
+  <si>
+    <t>Sunbelt Environmental Services Inc.</t>
+  </si>
+  <si>
+    <t>621 North Prince Lane</t>
+  </si>
+  <si>
+    <t>417-831-5052</t>
+  </si>
+  <si>
+    <t>08/10/2026</t>
+  </si>
+  <si>
+    <t>MOR000533919</t>
+  </si>
+  <si>
+    <t>Liberty Environmental and Recycling LLC</t>
+  </si>
+  <si>
+    <t>200 W. Cedar Hills Drive</t>
+  </si>
+  <si>
+    <t>Millersville</t>
+  </si>
+  <si>
+    <t>573-225-8547</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>MOR000542274</t>
+  </si>
+  <si>
+    <t>Valicor Environmental Services LLC</t>
+  </si>
+  <si>
+    <t>1045 Reed Road</t>
+  </si>
+  <si>
+    <t>Monroe</t>
+  </si>
+  <si>
+    <t>Ohio</t>
+  </si>
+  <si>
+    <t>256-690-4871</t>
+  </si>
+  <si>
+    <t>02/16/2026</t>
+  </si>
+  <si>
+    <t>MOR000550145</t>
+  </si>
+  <si>
+    <t>Hunt Vac Services LLC</t>
+  </si>
+  <si>
+    <t>4180 Beck St.</t>
+  </si>
+  <si>
+    <t>314-378-1078</t>
+  </si>
+  <si>
+    <t>07/10/2026</t>
+  </si>
+  <si>
+    <t>MOR000550718</t>
+  </si>
+  <si>
+    <t>Altorfer Inc.</t>
+  </si>
+  <si>
+    <t>2600 6th St.</t>
+  </si>
+  <si>
+    <t>Cedar Rapids</t>
+  </si>
+  <si>
+    <t>573-221-8600</t>
+  </si>
+  <si>
+    <t>01/07/2027</t>
+  </si>
+  <si>
+    <t>MOR000558734</t>
+  </si>
+  <si>
+    <t>O6 Environmental LLC</t>
+  </si>
+  <si>
+    <t>6311 Bartmer Industrial Drive</t>
+  </si>
+  <si>
+    <t>314-862-6671</t>
+  </si>
+  <si>
+    <t>10/18/2026</t>
+  </si>
+  <si>
+    <t>MOR000560623</t>
+  </si>
+  <si>
+    <t>Bennett Heavy and Specialized LLC</t>
+  </si>
+  <si>
+    <t>1001 Industrial Parkway</t>
+  </si>
+  <si>
+    <t>McDonough</t>
+  </si>
+  <si>
+    <t>877-893-6082</t>
+  </si>
+  <si>
+    <t>MOR000563577</t>
+  </si>
+  <si>
+    <t>Cummins Inc.</t>
+  </si>
+  <si>
+    <t>500 Jackson Street</t>
+  </si>
+  <si>
+    <t>Columbus</t>
+  </si>
+  <si>
+    <t>248-303-7008</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>MOR000563981</t>
+  </si>
+  <si>
+    <t>JCE Holdings LLC</t>
+  </si>
+  <si>
+    <t>2611 Schellridge Road</t>
+  </si>
+  <si>
+    <t>Elston</t>
+  </si>
+  <si>
+    <t>314-660-2491</t>
+  </si>
+  <si>
+    <t>03/18/2026</t>
+  </si>
+  <si>
+    <t>MOR000566927</t>
+  </si>
+  <si>
+    <t>Timeline Waste Transport Solutions LLC</t>
+  </si>
+  <si>
+    <t>1370 Oldbridge Drive</t>
+  </si>
+  <si>
+    <t>314-799-9543</t>
+  </si>
+  <si>
+    <t>05/11/2026</t>
+  </si>
+  <si>
+    <t>MOR000569475</t>
+  </si>
+  <si>
+    <t>Chalich Trucking LLC</t>
+  </si>
+  <si>
+    <t>10/25/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>MOR000569830</t>
+  </si>
+  <si>
+    <t>Ashley's Cleaning LLC</t>
+  </si>
+  <si>
+    <t>3273 Haas Avenue</t>
+  </si>
+  <si>
+    <t>Bridgeton</t>
+  </si>
+  <si>
+    <t>314-477-6005</t>
+  </si>
+  <si>
+    <t>Class 6 - Poison/Infectious SubstancesInfectious Waste</t>
+  </si>
+  <si>
+    <t>MOT300011160</t>
+  </si>
+  <si>
+    <t>The Kiesel Co.</t>
+  </si>
+  <si>
+    <t>4801 Fyler Ave.</t>
+  </si>
+  <si>
+    <t>314-351-5500</t>
+  </si>
+  <si>
+    <t>07/20/2026</t>
+  </si>
+  <si>
+    <t>MSR000107987</t>
+  </si>
+  <si>
+    <t>Mid South Environmental Services Inc.</t>
+  </si>
+  <si>
+    <t>8465 Hamilton Road</t>
+  </si>
+  <si>
+    <t>Southhaven</t>
+  </si>
+  <si>
+    <t>Mississippi</t>
+  </si>
+  <si>
+    <t>901-426-5040</t>
+  </si>
+  <si>
+    <t>MSR000108746</t>
+  </si>
+  <si>
+    <t>Enhanced Environmental and Emergency Services Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 7</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>901-491-1225</t>
+  </si>
+  <si>
+    <t>NC0000942144</t>
+  </si>
+  <si>
+    <t>Shamrock Environmental Corp.</t>
+  </si>
+  <si>
+    <t>6106 Corporate Park Drive</t>
+  </si>
+  <si>
+    <t>Brown Summit</t>
+  </si>
+  <si>
+    <t>North Carolina</t>
+  </si>
+  <si>
+    <t>336-375-1989</t>
+  </si>
+  <si>
+    <t>08/29/2026</t>
+  </si>
+  <si>
+    <t>NCD980799142</t>
+  </si>
+  <si>
+    <t>Stat Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 1443</t>
+  </si>
+  <si>
+    <t>Lenoir</t>
+  </si>
+  <si>
+    <t>800-627-1451</t>
+  </si>
+  <si>
+    <t>09/07/2026</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 6 - Poison/Infectious SubstancesClass 8 - Corrosives</t>
+  </si>
+  <si>
+    <t>NCR000184531</t>
+  </si>
+  <si>
+    <t>Brian Munday Trucking LLC</t>
+  </si>
+  <si>
+    <t>17735 Southeast 261 Street</t>
+  </si>
+  <si>
+    <t>Covington</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>425-870-3627</t>
+  </si>
+  <si>
+    <t>03/21/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 4 - Flammable SolidsClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>NE0000080580</t>
+  </si>
+  <si>
+    <t>Transwood Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 189</t>
+  </si>
+  <si>
+    <t>Omaha</t>
+  </si>
+  <si>
+    <t>Nebraska</t>
+  </si>
+  <si>
+    <t>402-346-8092</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>NER000004382</t>
+  </si>
+  <si>
+    <t>Allied Oil and Tire Co.</t>
+  </si>
+  <si>
+    <t>PO Box 3687</t>
+  </si>
+  <si>
+    <t>316-616-6300</t>
+  </si>
+  <si>
+    <t>NJD000692061</t>
+  </si>
+  <si>
+    <t>Environmental Transport Group Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 296</t>
+  </si>
+  <si>
+    <t>Flanders</t>
+  </si>
+  <si>
+    <t>07836</t>
+  </si>
+  <si>
+    <t>800-598-3844</t>
+  </si>
+  <si>
+    <t>NJD054126164</t>
+  </si>
+  <si>
+    <t>Freehold Cartage Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 5010</t>
+  </si>
+  <si>
+    <t>Freehold</t>
+  </si>
+  <si>
+    <t>07728</t>
+  </si>
+  <si>
+    <t>732-462-1001</t>
+  </si>
+  <si>
+    <t>NJD071629976</t>
+  </si>
+  <si>
+    <t>S J Transportation Company Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 169</t>
+  </si>
+  <si>
+    <t>Woodstown</t>
+  </si>
+  <si>
+    <t>08098</t>
+  </si>
+  <si>
+    <t>856-769-2741</t>
+  </si>
+  <si>
+    <t>10/06/2026</t>
+  </si>
+  <si>
+    <t>NJD080631369</t>
+  </si>
+  <si>
+    <t>Veolia ES Technical Solutions LLC</t>
+  </si>
+  <si>
+    <t>1 Eden Lane</t>
+  </si>
+  <si>
+    <t>973-691-7321</t>
+  </si>
+  <si>
+    <t>12/19/2026</t>
+  </si>
+  <si>
+    <t>NJD980647028</t>
+  </si>
+  <si>
+    <t>JRP Waste Oil Service Inc.</t>
+  </si>
+  <si>
+    <t>699 Lincoln Street</t>
+  </si>
+  <si>
+    <t>Oxford</t>
+  </si>
+  <si>
+    <t>856-308-7336</t>
+  </si>
+  <si>
+    <t>NJD986607380</t>
+  </si>
+  <si>
+    <t>Maumee Express Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 278</t>
+  </si>
+  <si>
+    <t>08876</t>
+  </si>
+  <si>
+    <t>800-742-5542</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - MiscellaneousUsed Oil</t>
+  </si>
+  <si>
+    <t>NJR000092684</t>
+  </si>
+  <si>
+    <t>AWT  Environmental Services Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 128</t>
+  </si>
+  <si>
+    <t>Sayreville</t>
+  </si>
+  <si>
+    <t>08871</t>
+  </si>
+  <si>
+    <t>732-613-1660</t>
+  </si>
+  <si>
+    <t>04/26/2026</t>
+  </si>
+  <si>
+    <t>NYD000708271</t>
+  </si>
+  <si>
+    <t>West Central Environmental Corp.</t>
+  </si>
+  <si>
+    <t>PO Box 83</t>
+  </si>
+  <si>
+    <t>Rennsslaer</t>
+  </si>
+  <si>
+    <t>07021</t>
+  </si>
+  <si>
+    <t>518-272-6891</t>
+  </si>
+  <si>
+    <t>NYD054979661</t>
+  </si>
+  <si>
+    <t>Transervice Logistics Inc.</t>
+  </si>
+  <si>
+    <t>5 Dakota Drive</t>
+  </si>
+  <si>
+    <t>Lake Success</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>800-645-8018</t>
+  </si>
+  <si>
+    <t>NYD980769947</t>
+  </si>
+  <si>
+    <t>Hazmat Environmental Group Inc.</t>
+  </si>
+  <si>
+    <t>60 Commerce Drive</t>
+  </si>
+  <si>
+    <t>Buffalo</t>
+  </si>
+  <si>
+    <t>716-827-7200</t>
+  </si>
+  <si>
+    <t>08/27/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - MiscellaneousUsed Oil</t>
+  </si>
+  <si>
+    <t>NYD982792814</t>
+  </si>
+  <si>
+    <t>Franks Vacuum Truck Service Inc.</t>
+  </si>
+  <si>
+    <t>1717 New Road</t>
+  </si>
+  <si>
+    <t>Niagra Falls</t>
+  </si>
+  <si>
+    <t>800-443-1803</t>
+  </si>
+  <si>
+    <t>05/10/2026</t>
+  </si>
+  <si>
+    <t>NYD986969947</t>
+  </si>
+  <si>
+    <t>Page ETC Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 1290</t>
+  </si>
+  <si>
+    <t>Weedsport</t>
+  </si>
+  <si>
+    <t>315-834-6681</t>
+  </si>
+  <si>
+    <t>09/30/2026</t>
+  </si>
+  <si>
+    <t>NYR000139220</t>
+  </si>
+  <si>
+    <t>Sabin International Logistics Corp.</t>
+  </si>
+  <si>
+    <t>7133 W. Main Road</t>
+  </si>
+  <si>
+    <t>Le Roy</t>
+  </si>
+  <si>
+    <t>585-294-5017</t>
+  </si>
+  <si>
+    <t>02/17/2026</t>
+  </si>
+  <si>
+    <t>OH0000553875</t>
+  </si>
+  <si>
+    <t>Select Transportation Inc.</t>
+  </si>
+  <si>
+    <t>5055 Nike Drive</t>
+  </si>
+  <si>
+    <t>Hilliard</t>
+  </si>
+  <si>
+    <t>614-771-1881</t>
+  </si>
+  <si>
+    <t>12/22/2026</t>
+  </si>
+  <si>
+    <t>OHD001317544</t>
+  </si>
+  <si>
+    <t>Marathon Petroleum Company LP</t>
+  </si>
+  <si>
+    <t>4855 Bayhill Drive</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>614-357-3333</t>
+  </si>
+  <si>
+    <t>OHD980614374</t>
+  </si>
+  <si>
+    <t>Ross Transportation Services Inc.</t>
+  </si>
+  <si>
+    <t>36790 Giles Road</t>
+  </si>
+  <si>
+    <t>Grafton</t>
+  </si>
+  <si>
+    <t>440-748-5900</t>
+  </si>
+  <si>
+    <t>OHD986966224</t>
+  </si>
+  <si>
+    <t>R &amp; J Trucking Inc.</t>
+  </si>
+  <si>
+    <t>8063 Southern Boulevard</t>
+  </si>
+  <si>
+    <t>Youngstown</t>
+  </si>
+  <si>
+    <t>330-716-8211</t>
+  </si>
+  <si>
+    <t>04/24/2026</t>
+  </si>
+  <si>
+    <t>Class 4 - Flammable Solids</t>
+  </si>
+  <si>
+    <t>OHO000003336</t>
+  </si>
+  <si>
+    <t>Enviroserve Inc.</t>
+  </si>
+  <si>
+    <t>7640 Whipple Ave. N.W.</t>
+  </si>
+  <si>
+    <t>North Canton</t>
+  </si>
+  <si>
+    <t>330-966=0911</t>
+  </si>
+  <si>
+    <t>04/27/2026</t>
+  </si>
+  <si>
+    <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 8 - CorrosivesClass 9 - MiscellaneousUsed OilClass 1 - ExplosivesInfectious Waste</t>
+  </si>
+  <si>
+    <t>OHR000102053</t>
+  </si>
+  <si>
+    <t>Emerald Environmental Services Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 1953</t>
+  </si>
+  <si>
+    <t>Kent</t>
+  </si>
+  <si>
+    <t>330-677-0785</t>
+  </si>
+  <si>
+    <t>OHR000103762</t>
+  </si>
+  <si>
+    <t>Vickery Transportation Inc.</t>
+  </si>
+  <si>
+    <t>3036 State Route 412</t>
+  </si>
+  <si>
+    <t>419-547-4760</t>
+  </si>
+  <si>
+    <t>09/04/2026</t>
+  </si>
+  <si>
+    <t>OHR000111906</t>
+  </si>
+  <si>
+    <t>BCA Express CO LTD</t>
+  </si>
+  <si>
+    <t>P.O. Box 482</t>
+  </si>
+  <si>
+    <t>Holland</t>
+  </si>
+  <si>
+    <t>419-855-0446</t>
+  </si>
+  <si>
+    <t>08/11/2026</t>
+  </si>
+  <si>
+    <t>OHR000159129</t>
+  </si>
+  <si>
+    <t>Dart Trucking Company Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 157</t>
+  </si>
+  <si>
+    <t>North Lima</t>
+  </si>
+  <si>
+    <t>800-541-8206</t>
+  </si>
+  <si>
+    <t>OHR000163212</t>
+  </si>
+  <si>
+    <t>AST Enterprises Inc.</t>
+  </si>
+  <si>
+    <t>70 Commercial Way</t>
+  </si>
+  <si>
+    <t>Springboro</t>
+  </si>
+  <si>
+    <t>937-790-0713</t>
+  </si>
+  <si>
+    <t>03/10/2026</t>
+  </si>
+  <si>
+    <t>OHR000214502</t>
+  </si>
+  <si>
+    <t>SES-R1 LLC</t>
+  </si>
+  <si>
+    <t>9996 Joseph James Drive</t>
+  </si>
+  <si>
+    <t>Cincinnati</t>
+  </si>
+  <si>
+    <t>513-247-0175</t>
+  </si>
+  <si>
+    <t>04/21/2026</t>
+  </si>
+  <si>
+    <t>OHR000227397</t>
+  </si>
+  <si>
+    <t>Uzex Enterprise LLC</t>
+  </si>
+  <si>
+    <t>1089 Stratford Court</t>
+  </si>
+  <si>
+    <t>Loveland</t>
+  </si>
+  <si>
+    <t>347-748-6266</t>
+  </si>
+  <si>
+    <t>OK1571724391</t>
+  </si>
+  <si>
+    <t>Environmental Compliance Consultants Inc.</t>
+  </si>
+  <si>
+    <t>5500 Southwest 11th Street</t>
+  </si>
+  <si>
+    <t>Oklahoma City</t>
+  </si>
+  <si>
+    <t>405-240-1211</t>
+  </si>
+  <si>
+    <t>OKD089762900</t>
+  </si>
+  <si>
+    <t>United Petroleum Transports Inc.</t>
+  </si>
+  <si>
+    <t>4312 South Georgia Place</t>
+  </si>
+  <si>
+    <t>405-670-8956</t>
+  </si>
+  <si>
+    <t>06/28/2026</t>
+  </si>
+  <si>
+    <t>OKD982293334</t>
+  </si>
+  <si>
+    <t>Environmental Management Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 700</t>
+  </si>
+  <si>
+    <t>Guthrie</t>
+  </si>
+  <si>
+    <t>405-282-8510</t>
+  </si>
+  <si>
+    <t>OKD987093424</t>
+  </si>
+  <si>
+    <t>A Clean Environment Co.</t>
+  </si>
+  <si>
+    <t>PO Box 40</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>580-668-2347</t>
+  </si>
+  <si>
+    <t>06/15/2026</t>
+  </si>
+  <si>
+    <t>OKR000031492</t>
+  </si>
+  <si>
+    <t>Basin Transportation LLC</t>
+  </si>
+  <si>
+    <t>P.O. Box 1917</t>
+  </si>
+  <si>
+    <t>Mcalester</t>
+  </si>
+  <si>
+    <t>405-609-3862</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 8 - CorrosivesClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>OKR000038299</t>
+  </si>
+  <si>
+    <t>Rose Rock Environmental Services LLC</t>
+  </si>
+  <si>
+    <t>P.O. Box 721926</t>
+  </si>
+  <si>
+    <t>405-883-1095</t>
+  </si>
+  <si>
+    <t>05/22/2026</t>
+  </si>
+  <si>
+    <t>ORD089452353</t>
+  </si>
+  <si>
+    <t>Chemical Waste Management of the Northwest Inc.</t>
+  </si>
+  <si>
+    <t>17629 Cedar Springs Lane</t>
+  </si>
+  <si>
+    <t>Arlington</t>
+  </si>
+  <si>
+    <t>Oregon</t>
+  </si>
+  <si>
+    <t>541-454-3265</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>PAD014146179</t>
+  </si>
+  <si>
+    <t>Eldredge Inc.</t>
+  </si>
+  <si>
+    <t>898 Fern Hill Road</t>
+  </si>
+  <si>
+    <t>West Chester</t>
+  </si>
+  <si>
+    <t>610-436-4749</t>
+  </si>
+  <si>
+    <t>01/25/2027</t>
+  </si>
+  <si>
+    <t>PAD146714878</t>
+  </si>
+  <si>
+    <t>Horwith Trucks Inc.</t>
+  </si>
+  <si>
+    <t>Northampton</t>
+  </si>
+  <si>
+    <t>620-261-2220</t>
+  </si>
+  <si>
+    <t>PAD981038227</t>
+  </si>
+  <si>
+    <t>World Resources Co.</t>
+  </si>
+  <si>
+    <t>170 Walnut Lane</t>
+  </si>
+  <si>
+    <t>Pottsville</t>
+  </si>
+  <si>
+    <t>570-622-4747</t>
+  </si>
+  <si>
+    <t>04/11/2026</t>
+  </si>
+  <si>
+    <t>PAD987266749</t>
+  </si>
+  <si>
+    <t>VLS Lancaster LLC</t>
+  </si>
+  <si>
+    <t>1076 Old Manheim Pike</t>
+  </si>
+  <si>
+    <t>Lancaster</t>
+  </si>
+  <si>
+    <t>717-874-2139</t>
+  </si>
+  <si>
+    <t>02/14/2026</t>
+  </si>
+  <si>
+    <t>PAD987270725</t>
+  </si>
+  <si>
+    <t>Desotec US LLC</t>
+  </si>
+  <si>
+    <t>118 Park Road</t>
+  </si>
+  <si>
+    <t>Darlington</t>
+  </si>
+  <si>
+    <t>724-454-3027</t>
+  </si>
+  <si>
+    <t>07/21/2026</t>
+  </si>
+  <si>
+    <t>PAD987347515</t>
+  </si>
+  <si>
+    <t>U S Bulk Transport Inc.</t>
+  </si>
+  <si>
+    <t>205 Pennbriar Drive</t>
+  </si>
+  <si>
+    <t>Erie</t>
+  </si>
+  <si>
+    <t>814-824-9949</t>
+  </si>
+  <si>
+    <t>Class 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>PAD987357829</t>
+  </si>
+  <si>
+    <t>McClymonds Supply and Transit Co. Inc.</t>
+  </si>
+  <si>
+    <t>Portersville</t>
+  </si>
+  <si>
+    <t>724-368-8040</t>
+  </si>
+  <si>
+    <t>Class 4 - Flammable SolidsClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>PAR000042341</t>
+  </si>
+  <si>
+    <t>EAP Industries Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 275</t>
+  </si>
+  <si>
+    <t>Atlasburg</t>
+  </si>
+  <si>
+    <t>724-947-8680</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>PAR000547695</t>
+  </si>
+  <si>
+    <t>ATI Trucking LLC</t>
+  </si>
+  <si>
+    <t>100 Industry Drive</t>
+  </si>
+  <si>
+    <t>Pittsburgh</t>
+  </si>
+  <si>
+    <t>484-369-5176</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>PAR000555813</t>
+  </si>
+  <si>
+    <t>Hot Shot Express Inc.</t>
+  </si>
+  <si>
+    <t>P.O. Box 137</t>
+  </si>
+  <si>
+    <t>Spring City</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 5 - Oxidizers/Organic PeroxidesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>SCR000762245</t>
+  </si>
+  <si>
+    <t>Industrial Waste Service Inc.</t>
+  </si>
+  <si>
+    <t>960 Egypt Road</t>
+  </si>
+  <si>
+    <t>Camden</t>
+  </si>
+  <si>
+    <t>South Carolina</t>
+  </si>
+  <si>
+    <t>803-428-5052</t>
+  </si>
+  <si>
+    <t>04/29/2026</t>
+  </si>
+  <si>
+    <t>SCR000784884</t>
+  </si>
+  <si>
+    <t>Reworld Sumter Industrial LLC</t>
+  </si>
+  <si>
+    <t>2630 Highway 15 South</t>
+  </si>
+  <si>
+    <t>Sumter</t>
+  </si>
+  <si>
+    <t>803-775-1002</t>
+  </si>
+  <si>
+    <t>TND982116493</t>
+  </si>
+  <si>
+    <t>Bionomics Inc.</t>
+  </si>
+  <si>
+    <t>P.O.  Box 817</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>865-220-8501</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 7 - RadioactiveClass 9 - MiscellaneousClass 8 - Corrosives</t>
+  </si>
+  <si>
+    <t>TNR000007385</t>
+  </si>
+  <si>
+    <t>Jims Tank Service LTD</t>
+  </si>
+  <si>
+    <t>P.O. Box 281431</t>
+  </si>
+  <si>
+    <t>Memphis</t>
+  </si>
+  <si>
+    <t>901-357-7237</t>
+  </si>
+  <si>
+    <t>09/23/2026</t>
+  </si>
+  <si>
+    <t>TNR000011247</t>
+  </si>
+  <si>
+    <t>Specialty Transport Inc.</t>
+  </si>
+  <si>
+    <t>2530 Mitchell St.</t>
+  </si>
+  <si>
+    <t>Knoxville</t>
+  </si>
+  <si>
+    <t>865-769-3737</t>
+  </si>
+  <si>
+    <t>03/20/2026</t>
+  </si>
+  <si>
+    <t>Class 8 - CorrosivesClass 7 - Radioactive</t>
+  </si>
+  <si>
+    <t>TNR000019604</t>
+  </si>
+  <si>
+    <t>Marion Environmental Inc.</t>
+  </si>
+  <si>
+    <t>115 Parmenas Lane</t>
+  </si>
+  <si>
+    <t>Chattanooga</t>
+  </si>
+  <si>
+    <t>423-499-4919</t>
+  </si>
+  <si>
+    <t>04/15/2026</t>
+  </si>
+  <si>
+    <t>TNR000030544</t>
+  </si>
+  <si>
+    <t>NAC Philotechnics LTD</t>
+  </si>
+  <si>
+    <t>201 Renovare Blvd.</t>
+  </si>
+  <si>
+    <t>Oak Ridge</t>
+  </si>
+  <si>
+    <t>865-285-3017</t>
+  </si>
+  <si>
+    <t>Class 3 - Flammable LiquidsClass 5 - Oxidizers/Organic PeroxidesClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>TNR000045013</t>
+  </si>
+  <si>
+    <t>AAT Carriers Inc.</t>
+  </si>
+  <si>
+    <t>111 E. 8th St.</t>
+  </si>
+  <si>
+    <t>866-888-2187</t>
+  </si>
+  <si>
+    <t>05/09/2026</t>
+  </si>
+  <si>
+    <t>Class 1 - ExplosivesClass 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 6 - Poison/Infectious SubstancesClass 7 - RadioactiveClass 8 - CorrosivesClass 9 - Miscellaneous</t>
+  </si>
+  <si>
+    <t>TRX000079368</t>
+  </si>
+  <si>
+    <t>Ironclad Environmental Solutions Inc.</t>
+  </si>
+  <si>
+    <t>4888 Loop Central Drive Suite 440</t>
+  </si>
+  <si>
+    <t>920-850-2483</t>
+  </si>
+  <si>
     <t>02/28/2026</t>
   </si>
   <si>
-    <t>ILR000149146</t>
-[...2431 lines deleted...]
-  <si>
     <t>TXR000003897</t>
   </si>
   <si>
     <t>CBSL Transportation Services Inc.</t>
   </si>
   <si>
     <t>13434  Baypark Road</t>
   </si>
   <si>
     <t>Pasadena</t>
   </si>
   <si>
     <t>985-265-7821</t>
   </si>
   <si>
     <t>11/08/2026</t>
   </si>
   <si>
     <t>Class 3 - Flammable LiquidsClass 8 - Corrosives</t>
   </si>
   <si>
     <t>TXR000022764</t>
   </si>
   <si>
     <t>HPC Industrial Services LLC</t>
@@ -3920,51 +3908,51 @@
   <si>
     <t>346-707-4109</t>
   </si>
   <si>
     <t>02/19/2026</t>
   </si>
   <si>
     <t>TXR000081205</t>
   </si>
   <si>
     <t>Safety Kleen Systems Inc.</t>
   </si>
   <si>
     <t>P.O. Box 9149</t>
   </si>
   <si>
     <t>Norwell</t>
   </si>
   <si>
     <t>02061</t>
   </si>
   <si>
     <t>781-792-5787</t>
   </si>
   <si>
-    <t>02/24/2026</t>
+    <t>02/24/2027</t>
   </si>
   <si>
     <t>TXR000081656</t>
   </si>
   <si>
     <t>Hazmat Environmental Services Inc.</t>
   </si>
   <si>
     <t>P.O. Box 1607</t>
   </si>
   <si>
     <t>Colton</t>
   </si>
   <si>
     <t>909-553-4506</t>
   </si>
   <si>
     <t>07/14/2026</t>
   </si>
   <si>
     <t>TXR000082634</t>
   </si>
   <si>
     <t>J &amp; K Excavation LLC</t>
   </si>
@@ -4634,51 +4622,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L233"/>
+  <dimension ref="A1:L232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="297.213" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -4709,7893 +4697,7861 @@
       <c r="J1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="1">
-        <v>91605</v>
+      <c r="G2" s="1" t="s">
+        <v>16</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" s="1"/>
       <c r="J2" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K2" s="1">
-        <v>2810787</v>
+        <v>2515320</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" s="1"/>
       <c r="B3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="1">
-        <v>60504</v>
+        <v>63129</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I3" s="1"/>
       <c r="J3" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K3" s="1">
-        <v>1407143</v>
+        <v>3326217</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4" s="1"/>
       <c r="B4" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G4" s="1" t="s">
         <v>29</v>
+      </c>
+      <c r="G4" s="1">
+        <v>72315</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="K4" s="1">
-        <v>2515320</v>
+        <v>2183599</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5" s="1"/>
       <c r="B5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G5" s="1">
-        <v>63129</v>
+        <v>37840</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K5" s="1">
-        <v>3326217</v>
+        <v>2024752</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="1"/>
       <c r="B6" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="G6" s="1">
-        <v>72315</v>
+        <v>64105</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K6" s="1">
-        <v>2183599</v>
+        <v>3110431</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="1"/>
       <c r="B7" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G7" s="1">
-        <v>37840</v>
+        <v>77053</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K7" s="1">
-        <v>2024752</v>
+        <v>490767</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="1"/>
       <c r="B8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="G8" s="1">
-        <v>64105</v>
+        <v>24112</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K8" s="1">
-        <v>3110431</v>
+        <v>4262293</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="1"/>
       <c r="B9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F9" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G9" s="1">
+        <v>72601</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K9" s="1">
-        <v>490767</v>
+        <v>1876210</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" s="1"/>
       <c r="B10" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="G10" s="1">
+        <v>21704</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K10" s="1">
-        <v>4262293</v>
+        <v>756821</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="1"/>
       <c r="B11" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="1">
-        <v>72601</v>
+        <v>50315</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>73</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1" t="s">
         <v>74</v>
       </c>
       <c r="K11" s="1">
-        <v>1876210</v>
+        <v>2644050</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12" s="1"/>
       <c r="B12" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G12" s="1">
+        <v>72712</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K12" s="1">
-        <v>756821</v>
+        <v>3761276</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" s="1"/>
       <c r="B13" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="F13" s="1" t="s">
+      <c r="G13" s="1">
+        <v>60504</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="K13" s="1">
-        <v>2644050</v>
+        <v>1407143</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" s="1"/>
       <c r="B14" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="1">
+        <v>63126</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" s="1">
+        <v>3593096</v>
+      </c>
+      <c r="L14" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="A15" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="K14" s="1">
-[...7 lines deleted...]
-      <c r="A15" s="1"/>
       <c r="B15" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1" t="s">
         <v>94</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="G15" s="1">
-        <v>63126</v>
+        <v>77521</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>95</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1" t="s">
         <v>96</v>
       </c>
       <c r="K15" s="1">
-        <v>3593096</v>
+        <v>3095133</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1" t="s">
         <v>100</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="G16" s="1">
-        <v>77521</v>
+        <v>60077</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>101</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1" t="s">
         <v>102</v>
       </c>
       <c r="K16" s="1">
-        <v>3095133</v>
+        <v>3117083</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>57</v>
+        <v>103</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="G17" s="1">
-        <v>60077</v>
+        <v>35459</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I17" s="1"/>
       <c r="J17" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="K17" s="1">
-        <v>3117083</v>
+        <v>985468</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="G18" s="1">
-        <v>35459</v>
+        <v>35061</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I18" s="1"/>
       <c r="J18" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K18" s="1">
-        <v>985468</v>
+        <v>130504</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="G19" s="1">
-        <v>35061</v>
+        <v>36732</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I19" s="1"/>
       <c r="J19" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K19" s="1">
-        <v>130504</v>
+        <v>226673</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="G20" s="1">
-        <v>36732</v>
+        <v>35203</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I20" s="1"/>
       <c r="J20" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K20" s="1">
-        <v>226673</v>
+        <v>680185</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="G21" s="1">
-        <v>35203</v>
+        <v>35007</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I21" s="1"/>
       <c r="J21" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K21" s="1">
-        <v>680185</v>
+        <v>734047</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="G22" s="1">
-        <v>35007</v>
+        <v>35905</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I22" s="1"/>
       <c r="J22" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K22" s="1">
-        <v>734047</v>
+        <v>1074749</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>148</v>
+        <v>128</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="G23" s="1">
+        <v>35203</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>149</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
       <c r="I23" s="1"/>
       <c r="J23" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K23" s="1">
-        <v>1074749</v>
+        <v>1028827</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>152</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="1" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
       <c r="G24" s="1">
-        <v>35203</v>
+        <v>72231</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>155</v>
       </c>
       <c r="I24" s="1"/>
       <c r="J24" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="K24" s="1">
+        <v>313791</v>
+      </c>
+      <c r="L24" s="1" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="1" t="s">
         <v>160</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>41</v>
+        <v>161</v>
       </c>
       <c r="G25" s="1">
-        <v>72231</v>
+        <v>73008</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I25" s="1"/>
       <c r="J25" s="1" t="s">
-        <v>156</v>
+        <v>68</v>
       </c>
       <c r="K25" s="1">
-        <v>313791</v>
+        <v>452075</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="G26" s="1">
-        <v>73008</v>
+        <v>71854</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>168</v>
       </c>
       <c r="I26" s="1"/>
       <c r="J26" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="K26" s="1">
-        <v>452075</v>
+        <v>2408021</v>
       </c>
       <c r="L26" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>171</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G27" s="1">
+        <v>72114</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1" t="s">
-        <v>31</v>
+        <v>174</v>
       </c>
       <c r="K27" s="1">
-        <v>2408021</v>
+        <v>3259</v>
       </c>
       <c r="L27" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="1" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G28" s="1">
-        <v>72114</v>
+        <v>72206</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I28" s="1"/>
       <c r="J28" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K28" s="1">
-        <v>3259</v>
+        <v>3212602</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="1" t="s">
         <v>185</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>41</v>
+        <v>186</v>
       </c>
       <c r="G29" s="1">
-        <v>72206</v>
+        <v>85329</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I29" s="1"/>
       <c r="J29" s="1" t="s">
-        <v>187</v>
+        <v>25</v>
       </c>
       <c r="K29" s="1">
-        <v>3212602</v>
+        <v>95333</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>162</v>
+        <v>188</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G30" s="1">
-        <v>85329</v>
+        <v>92868</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I30" s="1"/>
       <c r="J30" s="1" t="s">
-        <v>37</v>
+        <v>195</v>
       </c>
       <c r="K30" s="1">
-        <v>95333</v>
+        <v>171376</v>
       </c>
       <c r="L30" s="1" t="s">
-        <v>194</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G31" s="1">
-        <v>92868</v>
+        <v>94514</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I31" s="1"/>
       <c r="J31" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K31" s="1">
-        <v>171376</v>
+        <v>352045</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>51</v>
+        <v>202</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G32" s="1">
-        <v>94514</v>
+        <v>90248</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I32" s="1"/>
       <c r="J32" s="1" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="K32" s="1">
-        <v>352045</v>
+        <v>197051</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>206</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G33" s="1">
-        <v>90248</v>
+        <v>95133</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="K33" s="1">
-        <v>197051</v>
+        <v>1607894</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>57</v>
+        <v>215</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G34" s="1">
-        <v>95133</v>
+        <v>91761</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="I34" s="1"/>
       <c r="J34" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="K34" s="1">
-        <v>1607894</v>
+        <v>568970</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>219</v>
+        <v>103</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G35" s="1">
-        <v>91761</v>
+        <v>92316</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="I35" s="1"/>
       <c r="J35" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="K35" s="1">
-        <v>568970</v>
+        <v>1552681</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>109</v>
+        <v>215</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G36" s="1">
-        <v>92316</v>
+        <v>93380</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="I36" s="1"/>
       <c r="J36" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="K36" s="1">
-        <v>1552681</v>
+        <v>1089698</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>219</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D37" s="1"/>
       <c r="E37" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G37" s="1">
-        <v>93380</v>
+        <v>92021</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I37" s="1"/>
       <c r="J37" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K37" s="1">
-        <v>1089698</v>
+        <v>479041</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>57</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G38" s="1">
-        <v>92021</v>
+        <v>92883</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="I38" s="1"/>
       <c r="J38" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="K38" s="1">
-        <v>479041</v>
+        <v>2169170</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D39" s="1"/>
       <c r="E39" s="1" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="G39" s="1">
-        <v>92883</v>
+        <v>93308</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="I39" s="1"/>
       <c r="J39" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="K39" s="1">
-        <v>2169170</v>
+        <v>441566</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>251</v>
+        <v>132</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="1" t="s">
-        <v>235</v>
+        <v>256</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>15</v>
+        <v>257</v>
       </c>
       <c r="G40" s="1">
-        <v>93308</v>
+        <v>80640</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="I40" s="1"/>
       <c r="J40" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="K40" s="1">
-        <v>441566</v>
+        <v>29793</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>138</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="G41" s="1">
-        <v>80640</v>
+        <v>80216</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I41" s="1"/>
       <c r="J41" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="K41" s="1">
-        <v>29793</v>
+        <v>2065575</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>264</v>
+        <v>45</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D42" s="1"/>
       <c r="E42" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="G42" s="1">
-        <v>80216</v>
+        <v>32724</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="K42" s="1">
-        <v>2065575</v>
+        <v>495716</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="G43" s="1">
-        <v>32724</v>
+        <v>32405</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I43" s="1"/>
       <c r="J43" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="K43" s="1">
-        <v>495716</v>
+        <v>915879</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>162</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D44" s="1"/>
       <c r="E44" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="G44" s="1">
-        <v>32405</v>
+        <v>19341</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="K44" s="1">
-        <v>915879</v>
+        <v>76600</v>
       </c>
       <c r="L44" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>289</v>
+        <v>271</v>
       </c>
       <c r="G45" s="1">
-        <v>19341</v>
+        <v>32224</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="I45" s="1"/>
       <c r="J45" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="K45" s="1">
-        <v>76600</v>
+        <v>241572</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>292</v>
+        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>275</v>
+        <v>49</v>
       </c>
       <c r="G46" s="1">
-        <v>32224</v>
+        <v>75070</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="I46" s="1"/>
       <c r="J46" s="1" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="K46" s="1">
-        <v>241572</v>
+        <v>160401</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>61</v>
+        <v>304</v>
       </c>
       <c r="G47" s="1">
-        <v>75070</v>
+        <v>30269</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="I47" s="1"/>
       <c r="J47" s="1" t="s">
-        <v>291</v>
+        <v>306</v>
       </c>
       <c r="K47" s="1">
-        <v>160401</v>
+        <v>1215088</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>145</v>
+        <v>307</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="G48" s="1">
-        <v>30269</v>
+        <v>30294</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="I48" s="1"/>
       <c r="J48" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="K48" s="1">
-        <v>1215088</v>
+        <v>2298161</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>311</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D49" s="1"/>
       <c r="E49" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="G49" s="1">
-        <v>30294</v>
+        <v>83705</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="I49" s="1"/>
       <c r="J49" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="K49" s="1">
-        <v>2298161</v>
+        <v>387872</v>
       </c>
       <c r="L49" s="1" t="s">
-        <v>284</v>
+        <v>321</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>322</v>
+        <v>83</v>
       </c>
       <c r="G50" s="1">
-        <v>83705</v>
+        <v>60064</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="I50" s="1"/>
       <c r="J50" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="K50" s="1">
-        <v>387872</v>
+        <v>373855</v>
       </c>
       <c r="L50" s="1" t="s">
-        <v>325</v>
+        <v>156</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G51" s="1">
-        <v>60064</v>
+        <v>62048</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="K51" s="1">
-        <v>373855</v>
+        <v>164297</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>162</v>
+        <v>334</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D52" s="1"/>
       <c r="E52" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G52" s="1">
-        <v>62048</v>
+        <v>60523</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="I52" s="1"/>
       <c r="J52" s="1" t="s">
-        <v>337</v>
+        <v>174</v>
       </c>
       <c r="K52" s="1">
-        <v>164297</v>
+        <v>759493</v>
       </c>
       <c r="L52" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D53" s="1"/>
       <c r="E53" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G53" s="1">
-        <v>60523</v>
+        <v>61604</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="K53" s="1">
-        <v>759493</v>
+        <v>178551</v>
       </c>
       <c r="L53" s="1" t="s">
-        <v>344</v>
+        <v>45</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D54" s="1"/>
       <c r="E54" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G54" s="1">
-        <v>61604</v>
+        <v>62095</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1" t="s">
-        <v>200</v>
+        <v>351</v>
       </c>
       <c r="K54" s="1">
-        <v>178551</v>
+        <v>448016</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>57</v>
+        <v>352</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D55" s="1"/>
       <c r="E55" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G55" s="1">
-        <v>62095</v>
+        <v>60411</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="K55" s="1">
-        <v>448016</v>
+        <v>311939</v>
       </c>
       <c r="L55" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D56" s="1"/>
       <c r="E56" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G56" s="1">
-        <v>60411</v>
+        <v>60090</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="I56" s="1"/>
       <c r="J56" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="K56" s="1">
-        <v>311939</v>
+        <v>232773</v>
       </c>
       <c r="L56" s="1" t="s">
-        <v>363</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="D57" s="1"/>
       <c r="E57" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>22</v>
+        <v>370</v>
       </c>
       <c r="G57" s="1">
-        <v>60090</v>
+        <v>46320</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="K57" s="1">
-        <v>232773</v>
+        <v>297572</v>
       </c>
       <c r="L57" s="1" t="s">
-        <v>145</v>
+        <v>373</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>374</v>
+        <v>83</v>
       </c>
       <c r="G58" s="1">
-        <v>46320</v>
+        <v>60448</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="I58" s="1"/>
       <c r="J58" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="K58" s="1">
-        <v>297572</v>
+        <v>629276</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D59" s="1"/>
       <c r="E59" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G59" s="1">
-        <v>60448</v>
+        <v>60119</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I59" s="1"/>
       <c r="J59" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="K59" s="1">
-        <v>629276</v>
+        <v>526006</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D60" s="1"/>
       <c r="E60" s="1" t="s">
-        <v>388</v>
+        <v>22</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G60" s="1">
-        <v>60119</v>
+        <v>63139</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="I60" s="1"/>
       <c r="J60" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="K60" s="1">
-        <v>526006</v>
+        <v>77890</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D61" s="1"/>
       <c r="E61" s="1" t="s">
-        <v>34</v>
+        <v>397</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="G61" s="1">
-        <v>63139</v>
+        <v>62232</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="I61" s="1"/>
       <c r="J61" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="K61" s="1">
-        <v>77890</v>
+        <v>1035665</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>397</v>
+        <v>139</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D62" s="1"/>
       <c r="E62" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G62" s="1">
-        <v>62232</v>
+        <v>60411</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="I62" s="1"/>
       <c r="J62" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="K62" s="1">
-        <v>1035665</v>
+        <v>426538</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>145</v>
+        <v>373</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D63" s="1"/>
       <c r="E63" s="1" t="s">
-        <v>407</v>
+        <v>292</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>22</v>
+        <v>271</v>
       </c>
       <c r="G63" s="1">
-        <v>60411</v>
+        <v>32240</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I63" s="1"/>
       <c r="J63" s="1" t="s">
-        <v>409</v>
+        <v>379</v>
       </c>
       <c r="K63" s="1">
-        <v>426538</v>
+        <v>216939</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>377</v>
+        <v>132</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" s="1" t="s">
         <v>410</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>411</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>412</v>
       </c>
       <c r="D64" s="1"/>
       <c r="E64" s="1" t="s">
-        <v>296</v>
+        <v>413</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>275</v>
+        <v>23</v>
       </c>
       <c r="G64" s="1">
-        <v>32240</v>
+        <v>63702</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I64" s="1"/>
       <c r="J64" s="1" t="s">
-        <v>383</v>
+        <v>415</v>
       </c>
       <c r="K64" s="1">
-        <v>216939</v>
+        <v>917412</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D65" s="1"/>
       <c r="E65" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="G65" s="1">
-        <v>63702</v>
+        <v>60015</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="I65" s="1"/>
       <c r="J65" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="K65" s="1">
-        <v>917412</v>
+        <v>397962</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>145</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D66" s="1"/>
       <c r="E66" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G66" s="1">
-        <v>60015</v>
+        <v>60123</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="I66" s="1"/>
       <c r="J66" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="K66" s="1">
-        <v>397962</v>
+        <v>831633</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>18</v>
+        <v>387</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D67" s="1"/>
       <c r="E67" s="1" t="s">
-        <v>429</v>
+        <v>22</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G67" s="1">
-        <v>60123</v>
+        <v>62205</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="I67" s="1"/>
       <c r="J67" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K67" s="1">
-        <v>831633</v>
+        <v>124260</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>391</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D68" s="1"/>
       <c r="E68" s="1" t="s">
-        <v>34</v>
+        <v>436</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G68" s="1">
-        <v>62205</v>
+        <v>60901</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I68" s="1"/>
       <c r="J68" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="K68" s="1">
-        <v>124260</v>
+        <v>1683810</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D69" s="1"/>
       <c r="E69" s="1" t="s">
-        <v>440</v>
+        <v>325</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G69" s="1">
-        <v>60901</v>
+        <v>60633</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I69" s="1"/>
       <c r="J69" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="K69" s="1">
-        <v>1683810</v>
+        <v>328103</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>57</v>
+        <v>444</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D70" s="1"/>
       <c r="E70" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G70" s="1">
-        <v>60633</v>
+        <v>60604</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="I70" s="1"/>
       <c r="J70" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K70" s="1">
-        <v>328103</v>
+        <v>1295076</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>448</v>
+        <v>139</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D71" s="1"/>
       <c r="E71" s="1" t="s">
-        <v>329</v>
+        <v>453</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G71" s="1">
-        <v>60604</v>
+        <v>62025</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="I71" s="1"/>
       <c r="J71" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="K71" s="1">
-        <v>1295076</v>
+        <v>2194823</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>145</v>
+        <v>456</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D72" s="1"/>
       <c r="E72" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G72" s="1">
-        <v>62025</v>
+        <v>60101</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="I72" s="1"/>
       <c r="J72" s="1" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="K72" s="1">
-        <v>2194823</v>
+        <v>484475</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G73" s="1">
-        <v>60101</v>
+        <v>60451</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I73" s="1"/>
       <c r="J73" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="K73" s="1">
-        <v>484475</v>
+        <v>2577929</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>284</v>
+        <v>139</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D74" s="1"/>
       <c r="E74" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G74" s="1">
-        <v>60451</v>
+        <v>60193</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="I74" s="1"/>
       <c r="J74" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="K74" s="1">
-        <v>2577929</v>
+        <v>3082339</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D75" s="1"/>
       <c r="E75" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="G75" s="1">
-        <v>60193</v>
+        <v>60172</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="I75" s="1"/>
       <c r="J75" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="K75" s="1">
-        <v>3082339</v>
+        <v>2275073</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>145</v>
+        <v>481</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76" s="1" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D76" s="1"/>
       <c r="E76" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>22</v>
+        <v>370</v>
       </c>
       <c r="G76" s="1">
-        <v>60172</v>
+        <v>47635</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="I76" s="1"/>
       <c r="J76" s="1" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="K76" s="1">
-        <v>2275073</v>
+        <v>2320436</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>485</v>
+        <v>125</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D77" s="1"/>
       <c r="E77" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G77" s="1">
-        <v>47635</v>
+        <v>46231</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="I77" s="1"/>
       <c r="J77" s="1" t="s">
-        <v>491</v>
+        <v>279</v>
       </c>
       <c r="K77" s="1">
-        <v>2320436</v>
+        <v>314460</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>131</v>
+        <v>202</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D78" s="1"/>
       <c r="E78" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G78" s="1">
-        <v>46231</v>
+        <v>47720</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I78" s="1"/>
       <c r="J78" s="1" t="s">
-        <v>283</v>
+        <v>498</v>
       </c>
       <c r="K78" s="1">
-        <v>314460</v>
+        <v>397489</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>497</v>
+        <v>139</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G79" s="1">
-        <v>47720</v>
+        <v>46121</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="I79" s="1"/>
       <c r="J79" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="K79" s="1">
-        <v>397489</v>
+        <v>394563</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D80" s="1"/>
       <c r="E80" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G80" s="1">
-        <v>46121</v>
+        <v>46142</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I80" s="1"/>
       <c r="J80" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K80" s="1">
-        <v>394563</v>
+        <v>271556</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D81" s="1"/>
       <c r="E81" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>46142</v>
+        <v>515</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>516</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="I81" s="1"/>
       <c r="J81" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="K81" s="1">
-        <v>271556</v>
+        <v>111440</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>145</v>
+        <v>519</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="1" t="s">
-        <v>519</v>
+        <v>491</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>370</v>
+      </c>
+      <c r="G82" s="1">
+        <v>46247</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="I82" s="1"/>
       <c r="J82" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="K82" s="1">
-        <v>111440</v>
+        <v>727828</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D83" s="1"/>
       <c r="E83" s="1" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G83" s="1">
-        <v>46247</v>
+        <v>46202</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="I83" s="1"/>
       <c r="J83" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="K83" s="1">
-        <v>727828</v>
+        <v>952829</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D84" s="1"/>
       <c r="E84" s="1" t="s">
-        <v>495</v>
+        <v>535</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G84" s="1">
-        <v>46202</v>
+        <v>46301</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="I84" s="1"/>
       <c r="J84" s="1" t="s">
-        <v>535</v>
+        <v>62</v>
       </c>
       <c r="K84" s="1">
-        <v>952829</v>
+        <v>446276</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>536</v>
+        <v>139</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85" s="1" t="s">
         <v>537</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>538</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>539</v>
+        <v>452</v>
       </c>
       <c r="D85" s="1"/>
       <c r="E85" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="G85" s="1">
+        <v>47361</v>
+      </c>
+      <c r="H85" s="1" t="s">
         <v>540</v>
-      </c>
-[...7 lines deleted...]
-        <v>541</v>
       </c>
       <c r="I85" s="1"/>
       <c r="J85" s="1" t="s">
-        <v>74</v>
+        <v>541</v>
       </c>
       <c r="K85" s="1">
-        <v>446276</v>
+        <v>631460</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>145</v>
+        <v>247</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86" s="1" t="s">
         <v>542</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>543</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>456</v>
+        <v>544</v>
       </c>
       <c r="D86" s="1"/>
       <c r="E86" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G86" s="1">
-        <v>47361</v>
+        <v>47920</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="I86" s="1"/>
       <c r="J86" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="K86" s="1">
-        <v>631460</v>
+        <v>2922489</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>251</v>
+        <v>548</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D87" s="1"/>
       <c r="E87" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>374</v>
+        <v>553</v>
       </c>
       <c r="G87" s="1">
-        <v>47920</v>
+        <v>84088</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="I87" s="1"/>
       <c r="J87" s="1" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="K87" s="1">
-        <v>2922489</v>
+        <v>684806</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>553</v>
+        <v>139</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D88" s="1"/>
       <c r="E88" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="G88" s="1">
-        <v>84088</v>
+        <v>66002</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="I88" s="1"/>
       <c r="J88" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="K88" s="1">
-        <v>684806</v>
+        <v>4206213</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>145</v>
+        <v>247</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D89" s="1"/>
       <c r="E89" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="G89" s="1">
-        <v>66002</v>
+        <v>67480</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="I89" s="1"/>
       <c r="J89" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="K89" s="1">
-        <v>4206213</v>
+        <v>72332</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>251</v>
+        <v>569</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D90" s="1"/>
       <c r="E90" s="1" t="s">
-        <v>571</v>
+        <v>71</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>565</v>
+        <v>72</v>
       </c>
       <c r="G90" s="1">
-        <v>67480</v>
+        <v>50301</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="I90" s="1"/>
       <c r="J90" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="K90" s="1">
-        <v>72332</v>
+        <v>2516</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>574</v>
+        <v>111</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D91" s="1"/>
       <c r="E91" s="1" t="s">
-        <v>83</v>
+        <v>578</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>84</v>
+        <v>560</v>
       </c>
       <c r="G91" s="1">
-        <v>50301</v>
+        <v>67951</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="I91" s="1"/>
       <c r="J91" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="K91" s="1">
-        <v>2516</v>
+        <v>289876</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>117</v>
+        <v>581</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D92" s="1"/>
       <c r="E92" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="G92" s="1">
-        <v>67951</v>
+        <v>66061</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="I92" s="1"/>
       <c r="J92" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="K92" s="1">
-        <v>289876</v>
+        <v>555940</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>586</v>
+        <v>373</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D93" s="1"/>
       <c r="E93" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="G93" s="1">
-        <v>66061</v>
+        <v>67401</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="I93" s="1"/>
       <c r="J93" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="K93" s="1">
-        <v>555940</v>
+        <v>214440</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>377</v>
+        <v>594</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D94" s="1"/>
       <c r="E94" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>565</v>
+        <v>599</v>
       </c>
       <c r="G94" s="1">
-        <v>67401</v>
+        <v>40356</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="I94" s="1"/>
       <c r="J94" s="1" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="K94" s="1">
-        <v>214440</v>
+        <v>489151</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95" s="1" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="D95" s="1"/>
       <c r="E95" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="G95" s="1">
-        <v>40356</v>
+        <v>40216</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="I95" s="1"/>
       <c r="J95" s="1" t="s">
-        <v>606</v>
+        <v>246</v>
       </c>
       <c r="K95" s="1">
-        <v>489151</v>
+        <v>105257</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D96" s="1"/>
       <c r="E96" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="G96" s="1">
-        <v>40216</v>
+        <v>42058</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="I96" s="1"/>
       <c r="J96" s="1" t="s">
-        <v>250</v>
+        <v>614</v>
       </c>
       <c r="K96" s="1">
-        <v>105257</v>
+        <v>3433531</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>613</v>
+        <v>45</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D97" s="1"/>
       <c r="E97" s="1" t="s">
-        <v>617</v>
+        <v>606</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="G97" s="1">
-        <v>42058</v>
+        <v>40299</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>618</v>
       </c>
       <c r="I97" s="1"/>
       <c r="J97" s="1" t="s">
-        <v>619</v>
+        <v>313</v>
       </c>
       <c r="K97" s="1">
-        <v>3433531</v>
+        <v>666503</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B98" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="D98" s="1"/>
       <c r="E98" s="1" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>604</v>
+        <v>623</v>
       </c>
       <c r="G98" s="1">
-        <v>40299</v>
+        <v>70420</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="I98" s="1"/>
       <c r="J98" s="1" t="s">
-        <v>317</v>
+        <v>625</v>
       </c>
       <c r="K98" s="1">
-        <v>666503</v>
+        <v>232793</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>51</v>
+        <v>594</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D99" s="1"/>
       <c r="E99" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="G99" s="1">
-        <v>70420</v>
+        <v>70508</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I99" s="1"/>
       <c r="J99" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="K99" s="1">
-        <v>232793</v>
+        <v>214438</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>599</v>
+        <v>340</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D100" s="1"/>
       <c r="E100" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="G100" s="1">
-        <v>70508</v>
+        <v>70443</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="I100" s="1"/>
       <c r="J100" s="1" t="s">
-        <v>636</v>
+        <v>421</v>
       </c>
       <c r="K100" s="1">
-        <v>214438</v>
+        <v>576630</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>344</v>
+        <v>202</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101" s="1" t="s">
         <v>637</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>639</v>
       </c>
       <c r="D101" s="1"/>
       <c r="E101" s="1" t="s">
         <v>640</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="G101" s="1">
-        <v>70443</v>
+        <v>70665</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>641</v>
       </c>
       <c r="I101" s="1"/>
       <c r="J101" s="1" t="s">
-        <v>425</v>
+        <v>642</v>
       </c>
       <c r="K101" s="1">
-        <v>576630</v>
+        <v>1467855</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>497</v>
+        <v>643</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="D102" s="1"/>
       <c r="E102" s="1" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="G102" s="1">
-        <v>70665</v>
+        <v>70373</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="I102" s="1"/>
       <c r="J102" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="K102" s="1">
-        <v>1467855</v>
+        <v>3493768</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>648</v>
+        <v>45</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D103" s="1"/>
       <c r="E103" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="G103" s="1">
-        <v>70373</v>
+        <v>70767</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="I103" s="1"/>
       <c r="J103" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="K103" s="1">
-        <v>3493768</v>
+        <v>2478675</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D104" s="1"/>
       <c r="E104" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>70767</v>
+        <v>515</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>660</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="I104" s="1"/>
       <c r="J104" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="K104" s="1">
-        <v>2478675</v>
+        <v>141707</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105" s="1" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D105" s="1"/>
       <c r="E105" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="I105" s="1"/>
       <c r="J105" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="K105" s="1">
-        <v>141707</v>
+        <v>361305</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>57</v>
+        <v>670</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D106" s="1"/>
       <c r="E106" s="1" t="s">
-        <v>671</v>
+        <v>606</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>599</v>
+      </c>
+      <c r="G106" s="1">
+        <v>40214</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I106" s="1"/>
       <c r="J106" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="K106" s="1">
-        <v>361305</v>
+        <v>180743</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>675</v>
+        <v>118</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107" s="1" t="s">
         <v>676</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>677</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>678</v>
       </c>
       <c r="D107" s="1"/>
       <c r="E107" s="1" t="s">
-        <v>611</v>
+        <v>679</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>604</v>
+        <v>66</v>
       </c>
       <c r="G107" s="1">
-        <v>40214</v>
+        <v>20610</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="I107" s="1"/>
       <c r="J107" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="K107" s="1">
-        <v>180743</v>
+        <v>2452259</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>124</v>
+        <v>359</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D108" s="1"/>
       <c r="E108" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>78</v>
+        <v>686</v>
       </c>
       <c r="G108" s="1">
-        <v>20610</v>
+        <v>48150</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="I108" s="1"/>
       <c r="J108" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="K108" s="1">
-        <v>2452259</v>
+        <v>572469</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>363</v>
+        <v>387</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D109" s="1"/>
       <c r="E109" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="G109" s="1">
-        <v>48150</v>
+        <v>49004</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="I109" s="1"/>
       <c r="J109" s="1" t="s">
-        <v>693</v>
+        <v>662</v>
       </c>
       <c r="K109" s="1">
-        <v>572469</v>
+        <v>194060</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>391</v>
+        <v>139</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110" s="1" t="s">
         <v>694</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>696</v>
       </c>
       <c r="D110" s="1"/>
       <c r="E110" s="1" t="s">
         <v>697</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="G110" s="1">
-        <v>49004</v>
+        <v>48505</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>698</v>
       </c>
       <c r="I110" s="1"/>
       <c r="J110" s="1" t="s">
-        <v>667</v>
+        <v>699</v>
       </c>
       <c r="K110" s="1">
-        <v>194060</v>
+        <v>360583</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>145</v>
+        <v>700</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D111" s="1"/>
       <c r="E111" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="G111" s="1">
-        <v>48505</v>
+        <v>48112</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="I111" s="1"/>
       <c r="J111" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="K111" s="1">
-        <v>360583</v>
+        <v>207991</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D112" s="1"/>
       <c r="E112" s="1" t="s">
-        <v>709</v>
+        <v>685</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="G112" s="1">
-        <v>48112</v>
+        <v>48152</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="I112" s="1"/>
       <c r="J112" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="K112" s="1">
-        <v>207991</v>
+        <v>3224674</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D113" s="1"/>
       <c r="E113" s="1" t="s">
-        <v>690</v>
+        <v>717</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="G113" s="1">
-        <v>48152</v>
+        <v>49006</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="I113" s="1"/>
       <c r="J113" s="1" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="K113" s="1">
-        <v>3224674</v>
+        <v>2924307</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D114" s="1"/>
       <c r="E114" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="G114" s="1">
-        <v>49006</v>
+        <v>48043</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="I114" s="1"/>
       <c r="J114" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="K114" s="1">
-        <v>2924307</v>
+        <v>783385</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>725</v>
+        <v>125</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D115" s="1"/>
       <c r="E115" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>691</v>
+        <v>271</v>
       </c>
       <c r="G115" s="1">
-        <v>48043</v>
+        <v>34787</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="I115" s="1"/>
       <c r="J115" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="K115" s="1">
-        <v>783385</v>
+        <v>2130223</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>131</v>
+        <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>34787</v>
+        <v>219</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>737</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="I116" s="1"/>
       <c r="J116" s="1" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="K116" s="1">
-        <v>2130223</v>
+        <v>258108</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>284</v>
+        <v>740</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="D117" s="1"/>
       <c r="E117" s="1" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>742</v>
+        <v>745</v>
+      </c>
+      <c r="G117" s="1">
+        <v>55352</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="I117" s="1"/>
       <c r="J117" s="1" t="s">
-        <v>744</v>
+        <v>399</v>
       </c>
       <c r="K117" s="1">
-        <v>258108</v>
+        <v>798457</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>745</v>
+        <v>45</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D118" s="1"/>
       <c r="E118" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="G118" s="1">
-        <v>55352</v>
+        <v>55403</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>751</v>
       </c>
       <c r="I118" s="1"/>
       <c r="J118" s="1" t="s">
-        <v>403</v>
+        <v>752</v>
       </c>
       <c r="K118" s="1">
-        <v>798457</v>
+        <v>211635</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D119" s="1"/>
       <c r="E119" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="G119" s="1">
-        <v>55403</v>
+        <v>55001</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="I119" s="1"/>
       <c r="J119" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="K119" s="1">
-        <v>211635</v>
+        <v>124590</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>57</v>
+        <v>215</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D120" s="1"/>
       <c r="E120" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-        <v>55001</v>
+        <v>763</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>764</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="I120" s="1"/>
       <c r="J120" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="K120" s="1">
-        <v>124590</v>
+        <v>348071</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>219</v>
+        <v>373</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121" s="1" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="D121" s="1"/>
       <c r="E121" s="1" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>745</v>
+      </c>
+      <c r="G121" s="1">
+        <v>55060</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="I121" s="1"/>
       <c r="J121" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="K121" s="1">
-        <v>348071</v>
+        <v>542574</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>377</v>
+        <v>139</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>750</v>
+        <v>777</v>
       </c>
       <c r="G122" s="1">
-        <v>55060</v>
+        <v>54957</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="I122" s="1"/>
       <c r="J122" s="1" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="K122" s="1">
-        <v>542574</v>
+        <v>1348411</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>145</v>
+        <v>202</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D123" s="1"/>
       <c r="E123" s="1" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>782</v>
+        <v>745</v>
       </c>
       <c r="G123" s="1">
-        <v>54957</v>
+        <v>55055</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="I123" s="1"/>
       <c r="J123" s="1" t="s">
-        <v>784</v>
+        <v>726</v>
       </c>
       <c r="K123" s="1">
-        <v>1348411</v>
+        <v>1894996</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>497</v>
+        <v>359</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124" s="1" t="s">
         <v>785</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D124" s="1"/>
       <c r="E124" s="1" t="s">
         <v>788</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="G124" s="1">
-        <v>55055</v>
+        <v>55734</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>789</v>
       </c>
       <c r="I124" s="1"/>
       <c r="J124" s="1" t="s">
-        <v>731</v>
+        <v>790</v>
       </c>
       <c r="K124" s="1">
-        <v>1894996</v>
+        <v>366793</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>363</v>
+        <v>791</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125" s="1" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D125" s="1"/>
       <c r="E125" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>750</v>
+        <v>23</v>
       </c>
       <c r="G125" s="1">
-        <v>55734</v>
+        <v>65706</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="I125" s="1"/>
       <c r="J125" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K125" s="1">
-        <v>366793</v>
+        <v>357239</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>796</v>
+        <v>163</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D126" s="1"/>
       <c r="E126" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G126" s="1">
-        <v>65706</v>
+        <v>63461</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="I126" s="1"/>
       <c r="J126" s="1" t="s">
-        <v>802</v>
+        <v>688</v>
       </c>
       <c r="K126" s="1">
-        <v>357239</v>
+        <v>66011</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>169</v>
+        <v>373</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127" s="1" t="s">
         <v>803</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>804</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D127" s="1"/>
       <c r="E127" s="1" t="s">
         <v>806</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G127" s="1">
-        <v>63461</v>
+        <v>64801</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>807</v>
       </c>
       <c r="I127" s="1"/>
       <c r="J127" s="1" t="s">
-        <v>693</v>
+        <v>779</v>
       </c>
       <c r="K127" s="1">
-        <v>66011</v>
+        <v>1007292</v>
       </c>
       <c r="L127" s="1" t="s">
-        <v>377</v>
+        <v>670</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128" s="1" t="s">
         <v>808</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>809</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D128" s="1"/>
       <c r="E128" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G128" s="1">
+        <v>63166</v>
+      </c>
+      <c r="H128" s="1" t="s">
         <v>811</v>
-      </c>
-[...7 lines deleted...]
-        <v>812</v>
       </c>
       <c r="I128" s="1"/>
       <c r="J128" s="1" t="s">
-        <v>784</v>
+        <v>625</v>
       </c>
       <c r="K128" s="1">
-        <v>1007292</v>
+        <v>51446</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>675</v>
+        <v>812</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129" s="1" t="s">
         <v>813</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>814</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>815</v>
       </c>
       <c r="D129" s="1"/>
       <c r="E129" s="1" t="s">
-        <v>34</v>
+        <v>816</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G129" s="1">
-        <v>63166</v>
+        <v>63026</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="I129" s="1"/>
       <c r="J129" s="1" t="s">
-        <v>630</v>
+        <v>287</v>
       </c>
       <c r="K129" s="1">
-        <v>51446</v>
+        <v>801905</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>817</v>
+        <v>139</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130" s="1" t="s">
         <v>818</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>819</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D130" s="1"/>
       <c r="E130" s="1" t="s">
         <v>821</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G130" s="1">
-        <v>63026</v>
+        <v>65802</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>822</v>
       </c>
       <c r="I130" s="1"/>
       <c r="J130" s="1" t="s">
-        <v>291</v>
+        <v>823</v>
       </c>
       <c r="K130" s="1">
-        <v>801905</v>
+        <v>933327</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>145</v>
+        <v>824</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D131" s="1"/>
       <c r="E131" s="1" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G131" s="1">
-        <v>65802</v>
+        <v>63780</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="I131" s="1"/>
       <c r="J131" s="1" t="s">
-        <v>828</v>
+        <v>562</v>
       </c>
       <c r="K131" s="1">
-        <v>933327</v>
+        <v>71052</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>829</v>
+        <v>393</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132" s="1" t="s">
         <v>830</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>831</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>832</v>
       </c>
       <c r="D132" s="1"/>
       <c r="E132" s="1" t="s">
         <v>833</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G132" s="1">
-        <v>63780</v>
+        <v>65205</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>834</v>
       </c>
       <c r="I132" s="1"/>
       <c r="J132" s="1" t="s">
-        <v>567</v>
+        <v>835</v>
       </c>
       <c r="K132" s="1">
-        <v>71052</v>
+        <v>3051</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>397</v>
+        <v>247</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>837</v>
+        <v>805</v>
       </c>
       <c r="D133" s="1"/>
       <c r="E133" s="1" t="s">
-        <v>838</v>
+        <v>806</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G133" s="1">
-        <v>65205</v>
+        <v>64801</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>839</v>
+        <v>807</v>
       </c>
       <c r="I133" s="1"/>
       <c r="J133" s="1" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="K133" s="1">
-        <v>3051</v>
+        <v>513601</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>251</v>
+        <v>132</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="C134" s="1" t="s">
         <v>841</v>
-      </c>
-[...4 lines deleted...]
-        <v>810</v>
       </c>
       <c r="D134" s="1"/>
       <c r="E134" s="1" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G134" s="1">
-        <v>64801</v>
+        <v>65802</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>812</v>
+        <v>842</v>
       </c>
       <c r="I134" s="1"/>
       <c r="J134" s="1" t="s">
         <v>843</v>
       </c>
       <c r="K134" s="1">
-        <v>513601</v>
+        <v>548116</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>138</v>
+        <v>280</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135" s="1" t="s">
         <v>844</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>845</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>846</v>
       </c>
       <c r="D135" s="1"/>
       <c r="E135" s="1" t="s">
-        <v>826</v>
+        <v>847</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G135" s="1">
-        <v>65802</v>
+        <v>63766</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="I135" s="1"/>
       <c r="J135" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="K135" s="1">
-        <v>548116</v>
+        <v>1898491</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>284</v>
+        <v>45</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D136" s="1"/>
       <c r="E136" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>35</v>
+        <v>854</v>
       </c>
       <c r="G136" s="1">
-        <v>63766</v>
+        <v>45050</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="I136" s="1"/>
       <c r="J136" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="K136" s="1">
-        <v>1898491</v>
+        <v>200613</v>
       </c>
       <c r="L136" s="1" t="s">
-        <v>57</v>
+        <v>163</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D137" s="1"/>
       <c r="E137" s="1" t="s">
-        <v>858</v>
+        <v>22</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>859</v>
+        <v>23</v>
       </c>
       <c r="G137" s="1">
-        <v>45050</v>
+        <v>63116</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>860</v>
       </c>
       <c r="I137" s="1"/>
       <c r="J137" s="1" t="s">
         <v>861</v>
       </c>
       <c r="K137" s="1">
-        <v>200613</v>
+        <v>2477424</v>
       </c>
       <c r="L137" s="1" t="s">
-        <v>169</v>
+        <v>45</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138" s="1" t="s">
         <v>862</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>864</v>
       </c>
       <c r="D138" s="1"/>
       <c r="E138" s="1" t="s">
-        <v>34</v>
+        <v>865</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="G138" s="1">
-        <v>63116</v>
+        <v>52404</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="I138" s="1"/>
       <c r="J138" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="K138" s="1">
-        <v>2477424</v>
+        <v>96519</v>
       </c>
       <c r="L138" s="1" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D139" s="1"/>
       <c r="E139" s="1" t="s">
-        <v>870</v>
+        <v>22</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>84</v>
+        <v>23</v>
       </c>
       <c r="G139" s="1">
-        <v>52404</v>
+        <v>63130</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>871</v>
       </c>
       <c r="I139" s="1"/>
       <c r="J139" s="1" t="s">
         <v>872</v>
       </c>
       <c r="K139" s="1">
-        <v>96519</v>
+        <v>2963573</v>
       </c>
       <c r="L139" s="1" t="s">
-        <v>57</v>
+        <v>373</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140" s="1" t="s">
         <v>873</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>874</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>875</v>
       </c>
       <c r="D140" s="1"/>
       <c r="E140" s="1" t="s">
-        <v>34</v>
+        <v>876</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>35</v>
+        <v>304</v>
       </c>
       <c r="G140" s="1">
-        <v>63130</v>
+        <v>30253</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="I140" s="1"/>
       <c r="J140" s="1" t="s">
-        <v>877</v>
+        <v>195</v>
       </c>
       <c r="K140" s="1">
-        <v>2963573</v>
+        <v>551221</v>
       </c>
       <c r="L140" s="1" t="s">
-        <v>377</v>
+        <v>132</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141" s="1" t="s">
         <v>878</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>879</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>880</v>
       </c>
       <c r="D141" s="1"/>
       <c r="E141" s="1" t="s">
         <v>881</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>308</v>
+        <v>370</v>
       </c>
       <c r="G141" s="1">
-        <v>30253</v>
+        <v>47201</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>882</v>
       </c>
       <c r="I141" s="1"/>
       <c r="J141" s="1" t="s">
-        <v>200</v>
+        <v>883</v>
       </c>
       <c r="K141" s="1">
-        <v>551221</v>
+        <v>98686</v>
       </c>
       <c r="L141" s="1" t="s">
-        <v>138</v>
+        <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D142" s="1"/>
       <c r="E142" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>374</v>
+        <v>23</v>
       </c>
       <c r="G142" s="1">
-        <v>47201</v>
+        <v>65109</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="I142" s="1"/>
       <c r="J142" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="K142" s="1">
-        <v>98686</v>
+        <v>3411765</v>
       </c>
       <c r="L142" s="1" t="s">
-        <v>57</v>
+        <v>139</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="D143" s="1"/>
       <c r="E143" s="1" t="s">
-        <v>892</v>
+        <v>88</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G143" s="1">
-        <v>65109</v>
+        <v>63146</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>893</v>
       </c>
       <c r="I143" s="1"/>
       <c r="J143" s="1" t="s">
         <v>894</v>
       </c>
       <c r="K143" s="1">
-        <v>3411765</v>
+        <v>3804603</v>
       </c>
       <c r="L143" s="1" t="s">
-        <v>145</v>
+        <v>380</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144" s="1" t="s">
         <v>895</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>896</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>897</v>
+        <v>875</v>
       </c>
       <c r="D144" s="1"/>
       <c r="E144" s="1" t="s">
-        <v>94</v>
+        <v>876</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>35</v>
+        <v>304</v>
       </c>
       <c r="G144" s="1">
-        <v>63146</v>
+        <v>30253</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>898</v>
+        <v>877</v>
       </c>
       <c r="I144" s="1"/>
       <c r="J144" s="1" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="K144" s="1">
-        <v>3804603</v>
+        <v>144548</v>
       </c>
       <c r="L144" s="1" t="s">
-        <v>384</v>
+        <v>898</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="B145" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="C145" s="1" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
       <c r="D145" s="1"/>
       <c r="E145" s="1" t="s">
-        <v>881</v>
+        <v>902</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>308</v>
+        <v>23</v>
       </c>
       <c r="G145" s="1">
-        <v>30253</v>
+        <v>63044</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>882</v>
+        <v>903</v>
       </c>
       <c r="I145" s="1"/>
       <c r="J145" s="1" t="s">
-        <v>902</v>
+        <v>102</v>
       </c>
       <c r="K145" s="1">
-        <v>144548</v>
+        <v>4184810</v>
       </c>
       <c r="L145" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D146" s="1"/>
       <c r="E146" s="1" t="s">
-        <v>907</v>
+        <v>22</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G146" s="1">
-        <v>63044</v>
+        <v>63116</v>
       </c>
       <c r="H146" s="1" t="s">
         <v>908</v>
       </c>
       <c r="I146" s="1"/>
       <c r="J146" s="1" t="s">
-        <v>108</v>
+        <v>909</v>
       </c>
       <c r="K146" s="1">
-        <v>4184810</v>
+        <v>77512</v>
       </c>
       <c r="L146" s="1" t="s">
-        <v>909</v>
+        <v>156</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147" s="1" t="s">
         <v>910</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>911</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>912</v>
       </c>
       <c r="D147" s="1"/>
       <c r="E147" s="1" t="s">
-        <v>34</v>
+        <v>913</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>35</v>
+        <v>914</v>
       </c>
       <c r="G147" s="1">
-        <v>63116</v>
+        <v>38671</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="I147" s="1"/>
       <c r="J147" s="1" t="s">
-        <v>914</v>
+        <v>518</v>
       </c>
       <c r="K147" s="1">
-        <v>77512</v>
+        <v>3039430</v>
       </c>
       <c r="L147" s="1" t="s">
-        <v>162</v>
+        <v>525</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D148" s="1"/>
       <c r="E148" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="G148" s="1">
-        <v>38671</v>
+        <v>39060</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>920</v>
       </c>
       <c r="I148" s="1"/>
       <c r="J148" s="1" t="s">
-        <v>523</v>
+        <v>259</v>
       </c>
       <c r="K148" s="1">
-        <v>3039430</v>
+        <v>2505361</v>
       </c>
       <c r="L148" s="1" t="s">
-        <v>921</v>
+        <v>373</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="B149" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="C149" s="1" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
       <c r="D149" s="1"/>
       <c r="E149" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="F149" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="F149" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G149" s="1">
-        <v>39060</v>
+        <v>27214</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>926</v>
       </c>
       <c r="I149" s="1"/>
       <c r="J149" s="1" t="s">
-        <v>263</v>
+        <v>927</v>
       </c>
       <c r="K149" s="1">
-        <v>2505361</v>
+        <v>576512</v>
       </c>
       <c r="L149" s="1" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D150" s="1"/>
       <c r="E150" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>931</v>
+        <v>925</v>
       </c>
       <c r="G150" s="1">
-        <v>27214</v>
+        <v>28645</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>932</v>
       </c>
       <c r="I150" s="1"/>
       <c r="J150" s="1" t="s">
         <v>933</v>
       </c>
       <c r="K150" s="1">
-        <v>576512</v>
+        <v>460002</v>
       </c>
       <c r="L150" s="1" t="s">
-        <v>377</v>
+        <v>934</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D151" s="1"/>
       <c r="E151" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="G151" s="1">
-        <v>28645</v>
+        <v>98042</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="I151" s="1"/>
       <c r="J151" s="1" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="K151" s="1">
-        <v>460002</v>
+        <v>1676415</v>
       </c>
       <c r="L151" s="1" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152" s="1" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="D152" s="1"/>
       <c r="E152" s="1" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="G152" s="1">
-        <v>98042</v>
+        <v>68101</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="I152" s="1"/>
       <c r="J152" s="1" t="s">
-        <v>947</v>
+        <v>838</v>
       </c>
       <c r="K152" s="1">
-        <v>1676415</v>
+        <v>540777</v>
       </c>
       <c r="L152" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D153" s="1"/>
       <c r="E153" s="1" t="s">
-        <v>952</v>
+        <v>946</v>
       </c>
       <c r="F153" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="G153" s="1">
+        <v>68103</v>
+      </c>
+      <c r="H153" s="1" t="s">
         <v>953</v>
-      </c>
-[...4 lines deleted...]
-        <v>954</v>
       </c>
       <c r="I153" s="1"/>
       <c r="J153" s="1" t="s">
-        <v>843</v>
+        <v>79</v>
       </c>
       <c r="K153" s="1">
-        <v>540777</v>
+        <v>159741</v>
       </c>
       <c r="L153" s="1" t="s">
-        <v>955</v>
+        <v>247</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C154" s="1" t="s">
         <v>956</v>
-      </c>
-[...4 lines deleted...]
-        <v>958</v>
       </c>
       <c r="D154" s="1"/>
       <c r="E154" s="1" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>953</v>
-[...2 lines deleted...]
-        <v>68103</v>
+        <v>15</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>958</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>959</v>
       </c>
       <c r="I154" s="1"/>
       <c r="J154" s="1" t="s">
-        <v>91</v>
+        <v>574</v>
       </c>
       <c r="K154" s="1">
-        <v>159741</v>
+        <v>485801</v>
       </c>
       <c r="L154" s="1" t="s">
-        <v>251</v>
+        <v>111</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155" s="1" t="s">
         <v>960</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D155" s="1"/>
       <c r="E155" s="1" t="s">
         <v>963</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>964</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>965</v>
       </c>
       <c r="I155" s="1"/>
       <c r="J155" s="1" t="s">
-        <v>579</v>
+        <v>124</v>
       </c>
       <c r="K155" s="1">
-        <v>485801</v>
+        <v>190713</v>
       </c>
       <c r="L155" s="1" t="s">
-        <v>117</v>
+        <v>215</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156" s="1" t="s">
         <v>966</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D156" s="1"/>
       <c r="E156" s="1" t="s">
         <v>969</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>970</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>971</v>
       </c>
       <c r="I156" s="1"/>
       <c r="J156" s="1" t="s">
-        <v>130</v>
+        <v>972</v>
       </c>
       <c r="K156" s="1">
-        <v>190713</v>
+        <v>154323</v>
       </c>
       <c r="L156" s="1" t="s">
-        <v>219</v>
+        <v>713</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D157" s="1"/>
       <c r="E157" s="1" t="s">
-        <v>975</v>
+        <v>957</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G157" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="H157" s="1" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
       <c r="I157" s="1"/>
       <c r="J157" s="1" t="s">
-        <v>978</v>
+        <v>977</v>
       </c>
       <c r="K157" s="1">
-        <v>154323</v>
+        <v>609181</v>
       </c>
       <c r="L157" s="1" t="s">
-        <v>718</v>
+        <v>670</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B158" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="C158" s="1" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
       <c r="D158" s="1"/>
       <c r="E158" s="1" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>964</v>
+        <v>285</v>
+      </c>
+      <c r="G158" s="1">
+        <v>19363</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>982</v>
       </c>
       <c r="I158" s="1"/>
       <c r="J158" s="1" t="s">
-        <v>983</v>
+        <v>480</v>
       </c>
       <c r="K158" s="1">
-        <v>609181</v>
+        <v>461215</v>
       </c>
       <c r="L158" s="1" t="s">
-        <v>675</v>
+        <v>202</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B159" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="C159" s="1" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
       <c r="D159" s="1"/>
       <c r="E159" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H159" s="1" t="s">
         <v>987</v>
-      </c>
-[...7 lines deleted...]
-        <v>988</v>
       </c>
       <c r="I159" s="1"/>
       <c r="J159" s="1" t="s">
-        <v>484</v>
+        <v>57</v>
       </c>
       <c r="K159" s="1">
-        <v>461215</v>
+        <v>389242</v>
       </c>
       <c r="L159" s="1" t="s">
-        <v>497</v>
+        <v>988</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160" s="1" t="s">
         <v>989</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>990</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>991</v>
       </c>
       <c r="D160" s="1"/>
       <c r="E160" s="1" t="s">
-        <v>671</v>
+        <v>992</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="I160" s="1"/>
       <c r="J160" s="1" t="s">
-        <v>69</v>
+        <v>995</v>
       </c>
       <c r="K160" s="1">
-        <v>389242</v>
+        <v>266514</v>
       </c>
       <c r="L160" s="1" t="s">
-        <v>994</v>
+        <v>307</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D161" s="1"/>
       <c r="E161" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="I161" s="1"/>
       <c r="J161" s="1" t="s">
-        <v>1001</v>
+        <v>201</v>
       </c>
       <c r="K161" s="1">
-        <v>266514</v>
+        <v>199527</v>
       </c>
       <c r="L161" s="1" t="s">
-        <v>311</v>
+        <v>988</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D162" s="1"/>
       <c r="E162" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G162" s="1" t="s">
         <v>1006</v>
+      </c>
+      <c r="G162" s="1">
+        <v>11042</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="I162" s="1"/>
       <c r="J162" s="1" t="s">
-        <v>592</v>
+        <v>568</v>
       </c>
       <c r="K162" s="1">
-        <v>199527</v>
+        <v>620402</v>
       </c>
       <c r="L162" s="1" t="s">
-        <v>994</v>
+        <v>373</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D163" s="1"/>
       <c r="E163" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="F163" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G163" s="1">
+        <v>14218</v>
+      </c>
+      <c r="H163" s="1" t="s">
         <v>1012</v>
-      </c>
-[...4 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="I163" s="1"/>
       <c r="J163" s="1" t="s">
-        <v>573</v>
+        <v>1013</v>
       </c>
       <c r="K163" s="1">
-        <v>620402</v>
+        <v>255684</v>
       </c>
       <c r="L163" s="1" t="s">
-        <v>377</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D164" s="1"/>
       <c r="E164" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
       <c r="G164" s="1">
-        <v>14218</v>
+        <v>14304</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="I164" s="1"/>
       <c r="J164" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="K164" s="1">
-        <v>255684</v>
+        <v>331594</v>
       </c>
       <c r="L164" s="1" t="s">
-        <v>1020</v>
+        <v>139</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D165" s="1"/>
       <c r="E165" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
       <c r="G165" s="1">
-        <v>14304</v>
+        <v>13166</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="I165" s="1"/>
       <c r="J165" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="K165" s="1">
-        <v>331594</v>
+        <v>348083</v>
       </c>
       <c r="L165" s="1" t="s">
-        <v>145</v>
+        <v>525</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="D166" s="1"/>
       <c r="E166" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
       <c r="G166" s="1">
-        <v>13166</v>
+        <v>14482</v>
       </c>
       <c r="H166" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="I166" s="1"/>
       <c r="J166" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="K166" s="1">
-        <v>348083</v>
+        <v>1462949</v>
       </c>
       <c r="L166" s="1" t="s">
-        <v>921</v>
+        <v>45</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="D167" s="1"/>
       <c r="E167" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>1012</v>
+        <v>854</v>
       </c>
       <c r="G167" s="1">
-        <v>14482</v>
+        <v>43026</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="I167" s="1"/>
       <c r="J167" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="K167" s="1">
-        <v>1462949</v>
+        <v>569952</v>
       </c>
       <c r="L167" s="1" t="s">
-        <v>57</v>
+        <v>139</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="D168" s="1"/>
       <c r="E168" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G168" s="1">
-        <v>43026</v>
+        <v>43065</v>
       </c>
       <c r="H168" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="I168" s="1"/>
       <c r="J168" s="1" t="s">
-        <v>1044</v>
+        <v>259</v>
       </c>
       <c r="K168" s="1">
-        <v>569952</v>
+        <v>717188</v>
       </c>
       <c r="L168" s="1" t="s">
-        <v>145</v>
+        <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B169" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
       <c r="D169" s="1"/>
       <c r="E169" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="G169" s="1">
+        <v>44044</v>
+      </c>
+      <c r="H169" s="1" t="s">
         <v>1048</v>
-      </c>
-[...7 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="I169" s="1"/>
       <c r="J169" s="1" t="s">
-        <v>263</v>
+        <v>1020</v>
       </c>
       <c r="K169" s="1">
-        <v>717188</v>
+        <v>14484</v>
       </c>
       <c r="L169" s="1" t="s">
-        <v>57</v>
+        <v>139</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B170" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
       <c r="D170" s="1"/>
       <c r="E170" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="G170" s="1">
+        <v>44512</v>
+      </c>
+      <c r="H170" s="1" t="s">
         <v>1053</v>
-      </c>
-[...7 lines deleted...]
-        <v>1054</v>
       </c>
       <c r="I170" s="1"/>
       <c r="J170" s="1" t="s">
-        <v>1026</v>
+        <v>1054</v>
       </c>
       <c r="K170" s="1">
-        <v>14484</v>
+        <v>255968</v>
       </c>
       <c r="L170" s="1" t="s">
-        <v>145</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D171" s="1"/>
       <c r="E171" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G171" s="1">
-        <v>44512</v>
+        <v>44720</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="I171" s="1"/>
       <c r="J171" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="K171" s="1">
-        <v>255968</v>
+        <v>388329</v>
       </c>
       <c r="L171" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D172" s="1"/>
       <c r="E172" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G172" s="1">
-        <v>44720</v>
+        <v>44240</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="I172" s="1"/>
       <c r="J172" s="1" t="s">
-        <v>1067</v>
+        <v>462</v>
       </c>
       <c r="K172" s="1">
-        <v>388329</v>
+        <v>837896</v>
       </c>
       <c r="L172" s="1" t="s">
-        <v>1068</v>
+        <v>156</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B173" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="D173" s="1"/>
       <c r="E173" s="1" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G173" s="1">
-        <v>44240</v>
+        <v>43201</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>1073</v>
+        <v>1071</v>
       </c>
       <c r="I173" s="1"/>
       <c r="J173" s="1" t="s">
-        <v>466</v>
+        <v>1072</v>
       </c>
       <c r="K173" s="1">
-        <v>837896</v>
+        <v>978059</v>
       </c>
       <c r="L173" s="1" t="s">
-        <v>162</v>
+        <v>103</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B174" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="D174" s="1"/>
       <c r="E174" s="1" t="s">
-        <v>886</v>
+        <v>1076</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G174" s="1">
-        <v>43201</v>
+        <v>43528</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="I174" s="1"/>
       <c r="J174" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="K174" s="1">
-        <v>978059</v>
+        <v>1025855</v>
       </c>
       <c r="L174" s="1" t="s">
-        <v>109</v>
+        <v>373</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="D175" s="1"/>
       <c r="E175" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G175" s="1">
-        <v>43528</v>
+        <v>44452</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="I175" s="1"/>
       <c r="J175" s="1" t="s">
-        <v>1084</v>
+        <v>1026</v>
       </c>
       <c r="K175" s="1">
-        <v>1025855</v>
+        <v>124009</v>
       </c>
       <c r="L175" s="1" t="s">
-        <v>377</v>
+        <v>156</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B176" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>1086</v>
-      </c>
-[...1 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="D176" s="1"/>
       <c r="E176" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="G176" s="1">
+        <v>45066</v>
+      </c>
+      <c r="H176" s="1" t="s">
         <v>1088</v>
-      </c>
-[...7 lines deleted...]
-        <v>1089</v>
       </c>
       <c r="I176" s="1"/>
       <c r="J176" s="1" t="s">
-        <v>1032</v>
+        <v>1089</v>
       </c>
       <c r="K176" s="1">
-        <v>124009</v>
+        <v>946852</v>
       </c>
       <c r="L176" s="1" t="s">
-        <v>162</v>
+        <v>307</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="D177" s="1"/>
       <c r="E177" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G177" s="1">
-        <v>45066</v>
+        <v>45246</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="I177" s="1"/>
       <c r="J177" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="K177" s="1">
-        <v>946852</v>
+        <v>1794433</v>
       </c>
       <c r="L177" s="1" t="s">
-        <v>311</v>
+        <v>139</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="D178" s="1"/>
       <c r="E178" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G178" s="1">
-        <v>45246</v>
+        <v>45140</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="I178" s="1"/>
       <c r="J178" s="1" t="s">
-        <v>1101</v>
+        <v>941</v>
       </c>
       <c r="K178" s="1">
-        <v>1794433</v>
+        <v>3483555</v>
       </c>
       <c r="L178" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B179" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="D179" s="1"/>
       <c r="E179" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G179" s="1">
+        <v>73128</v>
+      </c>
+      <c r="H179" s="1" t="s">
         <v>1105</v>
-      </c>
-[...7 lines deleted...]
-        <v>1106</v>
       </c>
       <c r="I179" s="1"/>
       <c r="J179" s="1" t="s">
-        <v>947</v>
+        <v>797</v>
       </c>
       <c r="K179" s="1">
-        <v>3483555</v>
+        <v>1217052</v>
       </c>
       <c r="L179" s="1" t="s">
-        <v>145</v>
+        <v>45</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B180" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="D180" s="1"/>
       <c r="E180" s="1" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="G180" s="1">
-        <v>73128</v>
+        <v>73129</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="I180" s="1"/>
       <c r="J180" s="1" t="s">
-        <v>802</v>
+        <v>1110</v>
       </c>
       <c r="K180" s="1">
-        <v>1217052</v>
+        <v>185040</v>
       </c>
       <c r="L180" s="1" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B181" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="D181" s="1"/>
       <c r="E181" s="1" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="G181" s="1">
-        <v>73129</v>
+        <v>73044</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="I181" s="1"/>
       <c r="J181" s="1" t="s">
-        <v>1116</v>
+        <v>995</v>
       </c>
       <c r="K181" s="1">
-        <v>185040</v>
+        <v>343005</v>
       </c>
       <c r="L181" s="1" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B182" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>1118</v>
-      </c>
-[...1 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="D182" s="1"/>
       <c r="E182" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G182" s="1">
+        <v>73463</v>
+      </c>
+      <c r="H182" s="1" t="s">
         <v>1120</v>
-      </c>
-[...7 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="I182" s="1"/>
       <c r="J182" s="1" t="s">
-        <v>1001</v>
+        <v>1121</v>
       </c>
       <c r="K182" s="1">
-        <v>343005</v>
+        <v>427033</v>
       </c>
       <c r="L182" s="1" t="s">
-        <v>138</v>
+        <v>280</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D183" s="1"/>
       <c r="E183" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="G183" s="1">
-        <v>73463</v>
+        <v>74502</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="I183" s="1"/>
       <c r="J183" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="K183" s="1">
+        <v>2559935</v>
+      </c>
+      <c r="L183" s="1" t="s">
         <v>1127</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="D184" s="1"/>
       <c r="E184" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G184" s="1">
+        <v>73172</v>
+      </c>
+      <c r="H184" s="1" t="s">
         <v>1131</v>
-      </c>
-[...7 lines deleted...]
-        <v>1132</v>
       </c>
       <c r="I184" s="1"/>
       <c r="J184" s="1" t="s">
-        <v>484</v>
+        <v>1132</v>
       </c>
       <c r="K184" s="1">
-        <v>2559935</v>
+        <v>3555657</v>
       </c>
       <c r="L184" s="1" t="s">
-        <v>1133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B185" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C185" s="1" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
       <c r="D185" s="1"/>
       <c r="E185" s="1" t="s">
-        <v>1110</v>
+        <v>1136</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>167</v>
+        <v>1137</v>
       </c>
       <c r="G185" s="1">
-        <v>73172</v>
+        <v>97812</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="I185" s="1"/>
       <c r="J185" s="1" t="s">
-        <v>1138</v>
+        <v>221</v>
       </c>
       <c r="K185" s="1">
-        <v>3555657</v>
+        <v>611580</v>
       </c>
       <c r="L185" s="1" t="s">
-        <v>145</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D186" s="1"/>
       <c r="E186" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>1143</v>
+        <v>285</v>
       </c>
       <c r="G186" s="1">
-        <v>97812</v>
+        <v>19380</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="I186" s="1"/>
       <c r="J186" s="1" t="s">
-        <v>225</v>
+        <v>1145</v>
       </c>
       <c r="K186" s="1">
-        <v>611580</v>
+        <v>237431</v>
       </c>
       <c r="L186" s="1" t="s">
-        <v>1145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>1148</v>
+        <v>918</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="G187" s="1">
+        <v>18067</v>
+      </c>
+      <c r="H187" s="1" t="s">
         <v>1149</v>
-      </c>
-[...7 lines deleted...]
-        <v>1150</v>
       </c>
       <c r="I187" s="1"/>
       <c r="J187" s="1" t="s">
-        <v>1151</v>
+        <v>662</v>
       </c>
       <c r="K187" s="1">
-        <v>237431</v>
+        <v>205701</v>
       </c>
       <c r="L187" s="1" t="s">
-        <v>145</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>1152</v>
-      </c>
-[...4 lines deleted...]
-        <v>924</v>
       </c>
       <c r="D188" s="1"/>
       <c r="E188" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="G188" s="1">
+        <v>17901</v>
+      </c>
+      <c r="H188" s="1" t="s">
         <v>1154</v>
-      </c>
-[...7 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="I188" s="1"/>
       <c r="J188" s="1" t="s">
-        <v>667</v>
+        <v>1155</v>
       </c>
       <c r="K188" s="1">
-        <v>205701</v>
+        <v>817466</v>
       </c>
       <c r="L188" s="1" t="s">
-        <v>1061</v>
+        <v>103</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="D189" s="1"/>
       <c r="E189" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G189" s="1">
-        <v>17901</v>
+        <v>17601</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="I189" s="1"/>
       <c r="J189" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="K189" s="1">
-        <v>817466</v>
+        <v>424824</v>
       </c>
       <c r="L189" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D190" s="1"/>
       <c r="E190" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G190" s="1">
-        <v>17601</v>
+        <v>16115</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="I190" s="1"/>
       <c r="J190" s="1" t="s">
-        <v>529</v>
+        <v>1167</v>
       </c>
       <c r="K190" s="1">
-        <v>424824</v>
+        <v>4071921</v>
       </c>
       <c r="L190" s="1" t="s">
-        <v>145</v>
+        <v>45</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D191" s="1"/>
       <c r="E191" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G191" s="1">
-        <v>16115</v>
+        <v>16509</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="I191" s="1"/>
       <c r="J191" s="1" t="s">
-        <v>1172</v>
+        <v>732</v>
       </c>
       <c r="K191" s="1">
-        <v>4071921</v>
+        <v>461965</v>
       </c>
       <c r="L191" s="1" t="s">
-        <v>57</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>1175</v>
+        <v>956</v>
       </c>
       <c r="D192" s="1"/>
       <c r="E192" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G192" s="1">
-        <v>16509</v>
+        <v>16051</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="I192" s="1"/>
       <c r="J192" s="1" t="s">
-        <v>737</v>
+        <v>181</v>
       </c>
       <c r="K192" s="1">
-        <v>461965</v>
+        <v>269478</v>
       </c>
       <c r="L192" s="1" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>962</v>
+        <v>1181</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G193" s="1">
-        <v>16051</v>
+        <v>15004</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="I193" s="1"/>
       <c r="J193" s="1" t="s">
-        <v>187</v>
+        <v>227</v>
       </c>
       <c r="K193" s="1">
-        <v>269478</v>
+        <v>876278</v>
       </c>
       <c r="L193" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D194" s="1"/>
       <c r="E194" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G194" s="1">
-        <v>15004</v>
+        <v>15275</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="I194" s="1"/>
       <c r="J194" s="1" t="s">
-        <v>231</v>
+        <v>68</v>
       </c>
       <c r="K194" s="1">
-        <v>876278</v>
+        <v>2197196</v>
       </c>
       <c r="L194" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D195" s="1"/>
       <c r="E195" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G195" s="1">
-        <v>15275</v>
+        <v>19475</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="I195" s="1"/>
       <c r="J195" s="1" t="s">
-        <v>80</v>
+        <v>518</v>
       </c>
       <c r="K195" s="1">
-        <v>2197196</v>
+        <v>269495</v>
       </c>
       <c r="L195" s="1" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="D196" s="1"/>
       <c r="E196" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>289</v>
+        <v>1200</v>
       </c>
       <c r="G196" s="1">
-        <v>19475</v>
+        <v>29620</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="I196" s="1"/>
       <c r="J196" s="1" t="s">
-        <v>523</v>
+        <v>1202</v>
       </c>
       <c r="K196" s="1">
-        <v>269495</v>
+        <v>1071704</v>
       </c>
       <c r="L196" s="1" t="s">
-        <v>1200</v>
+        <v>525</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197" s="1" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="D197" s="1"/>
       <c r="E197" s="1" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>1205</v>
+        <v>1200</v>
       </c>
       <c r="G197" s="1">
-        <v>29620</v>
+        <v>29154</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="I197" s="1"/>
       <c r="J197" s="1" t="s">
-        <v>1207</v>
+        <v>313</v>
       </c>
       <c r="K197" s="1">
-        <v>1071704</v>
+        <v>488057</v>
       </c>
       <c r="L197" s="1" t="s">
-        <v>921</v>
+        <v>791</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="D198" s="1"/>
       <c r="E198" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>1205</v>
+        <v>36</v>
       </c>
       <c r="G198" s="1">
-        <v>29154</v>
+        <v>37763</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="I198" s="1"/>
       <c r="J198" s="1" t="s">
-        <v>317</v>
+        <v>195</v>
       </c>
       <c r="K198" s="1">
-        <v>488057</v>
+        <v>528665</v>
       </c>
       <c r="L198" s="1" t="s">
-        <v>796</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="D199" s="1"/>
       <c r="E199" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="G199" s="1">
-        <v>37763</v>
+        <v>38168</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="I199" s="1"/>
       <c r="J199" s="1" t="s">
-        <v>200</v>
+        <v>1219</v>
       </c>
       <c r="K199" s="1">
-        <v>528665</v>
+        <v>347176</v>
       </c>
       <c r="L199" s="1" t="s">
-        <v>1218</v>
+        <v>247</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D200" s="1"/>
       <c r="E200" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="G200" s="1">
-        <v>38168</v>
+        <v>37917</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="I200" s="1"/>
       <c r="J200" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="K200" s="1">
-        <v>347176</v>
+        <v>904642</v>
       </c>
       <c r="L200" s="1" t="s">
-        <v>251</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201" s="1" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="D201" s="1"/>
       <c r="E201" s="1" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="G201" s="1">
-        <v>37917</v>
+        <v>37405</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="I201" s="1"/>
       <c r="J201" s="1" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="K201" s="1">
-        <v>904642</v>
+        <v>900567</v>
       </c>
       <c r="L201" s="1" t="s">
-        <v>1231</v>
+        <v>125</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D202" s="1"/>
       <c r="E202" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="G202" s="1">
-        <v>37405</v>
+        <v>37830</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="I202" s="1"/>
       <c r="J202" s="1" t="s">
-        <v>1237</v>
+        <v>995</v>
       </c>
       <c r="K202" s="1">
-        <v>900567</v>
+        <v>922555</v>
       </c>
       <c r="L202" s="1" t="s">
-        <v>131</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="D203" s="1"/>
       <c r="E203" s="1" t="s">
-        <v>1241</v>
+        <v>1230</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="G203" s="1">
-        <v>37830</v>
+        <v>37402</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="I203" s="1"/>
       <c r="J203" s="1" t="s">
-        <v>1001</v>
+        <v>1243</v>
       </c>
       <c r="K203" s="1">
-        <v>922555</v>
+        <v>1631930</v>
       </c>
       <c r="L203" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="D204" s="1"/>
       <c r="E204" s="1" t="s">
-        <v>1235</v>
+        <v>48</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G204" s="1">
-        <v>37402</v>
+        <v>77081</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="I204" s="1"/>
       <c r="J204" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="K204" s="1">
-        <v>1631930</v>
+        <v>1624598</v>
       </c>
       <c r="L204" s="1" t="s">
-        <v>1249</v>
+        <v>45</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="D205" s="1"/>
       <c r="E205" s="1" t="s">
-        <v>60</v>
+        <v>1253</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G205" s="1">
-        <v>77081</v>
+        <v>77507</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="I205" s="1"/>
       <c r="J205" s="1" t="s">
-        <v>442</v>
+        <v>1255</v>
       </c>
       <c r="K205" s="1">
-        <v>1624598</v>
+        <v>291788</v>
       </c>
       <c r="L205" s="1" t="s">
-        <v>57</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206" s="1" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="D206" s="1"/>
       <c r="E206" s="1" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G206" s="1">
-        <v>77507</v>
+        <v>77536</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="I206" s="1"/>
       <c r="J206" s="1" t="s">
-        <v>1259</v>
+        <v>279</v>
       </c>
       <c r="K206" s="1">
-        <v>291788</v>
+        <v>547892</v>
       </c>
       <c r="L206" s="1" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207" s="1" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="D207" s="1"/>
       <c r="E207" s="1" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G207" s="1">
-        <v>77536</v>
+        <v>79913</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="I207" s="1"/>
       <c r="J207" s="1" t="s">
-        <v>283</v>
+        <v>681</v>
       </c>
       <c r="K207" s="1">
-        <v>547892</v>
+        <v>717747</v>
       </c>
       <c r="L207" s="1" t="s">
-        <v>1266</v>
+        <v>139</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="D208" s="1"/>
       <c r="E208" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G208" s="1">
-        <v>79913</v>
+        <v>77571</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="I208" s="1"/>
       <c r="J208" s="1" t="s">
-        <v>686</v>
+        <v>1273</v>
       </c>
       <c r="K208" s="1">
-        <v>717747</v>
+        <v>921807</v>
       </c>
       <c r="L208" s="1" t="s">
-        <v>145</v>
+        <v>111</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209" s="1" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="D209" s="1"/>
       <c r="E209" s="1" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G209" s="1">
-        <v>77571</v>
+        <v>76119</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="I209" s="1"/>
       <c r="J209" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="K209" s="1">
-        <v>921807</v>
+        <v>1290854</v>
       </c>
       <c r="L209" s="1" t="s">
-        <v>117</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210" s="1" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="D210" s="1"/>
       <c r="E210" s="1" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G210" s="1">
-        <v>76119</v>
+        <v>77379</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="I210" s="1"/>
       <c r="J210" s="1" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="K210" s="1">
-        <v>1290854</v>
+        <v>1581774</v>
       </c>
       <c r="L210" s="1" t="s">
-        <v>1284</v>
+        <v>45</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211" s="1" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D211" s="1"/>
       <c r="E211" s="1" t="s">
-        <v>1288</v>
+        <v>1253</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G211" s="1">
-        <v>77379</v>
+        <v>77507</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="I211" s="1"/>
       <c r="J211" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="K211" s="1">
-        <v>1581774</v>
+        <v>2087324</v>
       </c>
       <c r="L211" s="1" t="s">
-        <v>57</v>
+        <v>373</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D212" s="1"/>
       <c r="E212" s="1" t="s">
-        <v>1257</v>
+        <v>1295</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>77507</v>
+        <v>515</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>1296</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="I212" s="1"/>
       <c r="J212" s="1" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="K212" s="1">
-        <v>2087324</v>
+        <v>151288</v>
       </c>
       <c r="L212" s="1" t="s">
-        <v>377</v>
+        <v>988</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213" s="1" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="D213" s="1"/>
       <c r="E213" s="1" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>193</v>
+      </c>
+      <c r="G213" s="1">
+        <v>92324</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="I213" s="1"/>
       <c r="J213" s="1" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="K213" s="1">
-        <v>151288</v>
+        <v>2476832</v>
       </c>
       <c r="L213" s="1" t="s">
-        <v>994</v>
+        <v>202</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214" s="1" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="D214" s="1"/>
       <c r="E214" s="1" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G214" s="1">
-        <v>92324</v>
+        <v>76651</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="I214" s="1"/>
       <c r="J214" s="1" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="K214" s="1">
-        <v>2476832</v>
+        <v>2895716</v>
       </c>
       <c r="L214" s="1" t="s">
-        <v>497</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215" s="1" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="D215" s="1"/>
       <c r="E215" s="1" t="s">
-        <v>1312</v>
+        <v>48</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G215" s="1">
-        <v>76651</v>
-[...2 lines deleted...]
-        <v>1313</v>
+        <v>77044</v>
+      </c>
+      <c r="H215" s="1">
+        <v>2812276300</v>
       </c>
       <c r="I215" s="1"/>
       <c r="J215" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="K215" s="1">
-        <v>2895716</v>
+        <v>593350</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>1315</v>
+        <v>373</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="D216" s="1"/>
       <c r="E216" s="1" t="s">
-        <v>60</v>
+        <v>1319</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G216" s="1">
-        <v>77044</v>
-[...2 lines deleted...]
-        <v>2812276300</v>
+        <v>75010</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>1320</v>
       </c>
       <c r="I216" s="1"/>
       <c r="J216" s="1" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="K216" s="1">
-        <v>593350</v>
+        <v>2821943</v>
       </c>
       <c r="L216" s="1" t="s">
-        <v>377</v>
+        <v>307</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217" s="1" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="D217" s="1"/>
       <c r="E217" s="1" t="s">
-        <v>1323</v>
+        <v>1277</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G217" s="1">
-        <v>75010</v>
+        <v>76140</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="I217" s="1"/>
       <c r="J217" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="K217" s="1">
-        <v>2821943</v>
+        <v>3321534</v>
       </c>
       <c r="L217" s="1" t="s">
-        <v>311</v>
+        <v>247</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="D218" s="1"/>
       <c r="E218" s="1" t="s">
-        <v>1281</v>
+        <v>1330</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G218" s="1">
-        <v>76140</v>
+        <v>75633</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="I218" s="1"/>
       <c r="J218" s="1" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="K218" s="1">
-        <v>3321534</v>
+        <v>2639400</v>
       </c>
       <c r="L218" s="1" t="s">
-        <v>251</v>
+        <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219" s="1" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D219" s="1"/>
       <c r="E219" s="1" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G219" s="1">
-        <v>75633</v>
+        <v>78750</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="I219" s="1"/>
       <c r="J219" s="1" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="K219" s="1">
-        <v>2639400</v>
+        <v>2608633</v>
       </c>
       <c r="L219" s="1" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220" s="1" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D220" s="1"/>
       <c r="E220" s="1" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="G220" s="1">
-        <v>78750</v>
+        <v>60638</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="I220" s="1"/>
       <c r="J220" s="1" t="s">
-        <v>1342</v>
+        <v>1273</v>
       </c>
       <c r="K220" s="1">
-        <v>2608633</v>
+        <v>28633</v>
       </c>
       <c r="L220" s="1" t="s">
-        <v>497</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221" s="1" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="D221" s="1"/>
       <c r="E221" s="1" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G221" s="1">
-        <v>60638</v>
+        <v>77598</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="I221" s="1"/>
       <c r="J221" s="1" t="s">
-        <v>1277</v>
+        <v>1350</v>
       </c>
       <c r="K221" s="1">
-        <v>28633</v>
+        <v>3541586</v>
       </c>
       <c r="L221" s="1" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222" s="1" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="D222" s="1"/>
       <c r="E222" s="1" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>61</v>
+        <v>285</v>
       </c>
       <c r="G222" s="1">
-        <v>77598</v>
+        <v>15717</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="I222" s="1"/>
       <c r="J222" s="1" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="K222" s="1">
-        <v>3541586</v>
+        <v>2460870</v>
       </c>
       <c r="L222" s="1" t="s">
-        <v>1355</v>
+        <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223" s="1" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="D223" s="1"/>
       <c r="E223" s="1" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>289</v>
+        <v>599</v>
       </c>
       <c r="G223" s="1">
-        <v>15717</v>
+        <v>42001</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="I223" s="1"/>
       <c r="J223" s="1" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="K223" s="1">
-        <v>2460870</v>
+        <v>266723</v>
       </c>
       <c r="L223" s="1" t="s">
-        <v>18</v>
+        <v>132</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224" s="1" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="D224" s="1"/>
       <c r="E224" s="1" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>604</v>
+        <v>777</v>
       </c>
       <c r="G224" s="1">
-        <v>42001</v>
+        <v>53209</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="I224" s="1"/>
       <c r="J224" s="1" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="K224" s="1">
-        <v>266723</v>
+        <v>508337</v>
       </c>
       <c r="L224" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225" s="1" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="D225" s="1"/>
       <c r="E225" s="1" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="G225" s="1">
-        <v>53209</v>
-[...2 lines deleted...]
-        <v>1372</v>
+        <v>53224</v>
+      </c>
+      <c r="H225" s="1">
+        <v>4145148092</v>
       </c>
       <c r="I225" s="1"/>
       <c r="J225" s="1" t="s">
-        <v>1373</v>
+        <v>1286</v>
       </c>
       <c r="K225" s="1">
-        <v>508337</v>
+        <v>2187991</v>
       </c>
       <c r="L225" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>1375</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>1376</v>
       </c>
       <c r="D226" s="1"/>
       <c r="E226" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="G226" s="1">
-        <v>53224</v>
-[...2 lines deleted...]
-        <v>4145148092</v>
+        <v>54306</v>
+      </c>
+      <c r="H226" s="1" t="s">
+        <v>1378</v>
       </c>
       <c r="I226" s="1"/>
       <c r="J226" s="1" t="s">
-        <v>1290</v>
+        <v>1338</v>
       </c>
       <c r="K226" s="1">
-        <v>2187991</v>
+        <v>164311</v>
       </c>
       <c r="L226" s="1" t="s">
-        <v>145</v>
+        <v>988</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227" s="1" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="D227" s="1"/>
       <c r="E227" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="G227" s="1">
-        <v>54306</v>
+        <v>53022</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="I227" s="1"/>
       <c r="J227" s="1" t="s">
-        <v>1342</v>
+        <v>1384</v>
       </c>
       <c r="K227" s="1">
-        <v>164311</v>
+        <v>2322446</v>
       </c>
       <c r="L227" s="1" t="s">
-        <v>994</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228" s="1" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="D228" s="1"/>
       <c r="E228" s="1" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="G228" s="1">
-        <v>53022</v>
+        <v>53562</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="I228" s="1"/>
       <c r="J228" s="1" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="K228" s="1">
-        <v>2322446</v>
+        <v>2571810</v>
       </c>
       <c r="L228" s="1" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229" s="1" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="D229" s="1"/>
       <c r="E229" s="1" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="G229" s="1">
-        <v>53562</v>
+        <v>53095</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="I229" s="1"/>
       <c r="J229" s="1" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="K229" s="1">
-        <v>2571810</v>
+        <v>3352289</v>
       </c>
       <c r="L229" s="1" t="s">
-        <v>1396</v>
+        <v>45</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230" s="1" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D230" s="1"/>
       <c r="E230" s="1" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="G230" s="1">
-        <v>53095</v>
+        <v>54115</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="I230" s="1"/>
       <c r="J230" s="1" t="s">
-        <v>1402</v>
+        <v>462</v>
       </c>
       <c r="K230" s="1">
-        <v>3352289</v>
+        <v>380482</v>
       </c>
       <c r="L230" s="1" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D231" s="1"/>
       <c r="E231" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="G231" s="1">
-        <v>54115</v>
+        <v>53051</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="I231" s="1"/>
       <c r="J231" s="1" t="s">
-        <v>466</v>
+        <v>313</v>
       </c>
       <c r="K231" s="1">
-        <v>380482</v>
+        <v>1949153</v>
       </c>
       <c r="L231" s="1" t="s">
-        <v>57</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232" s="1" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D232" s="1"/>
       <c r="E232" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>782</v>
+        <v>1413</v>
       </c>
       <c r="G232" s="1">
-        <v>53051</v>
+        <v>25143</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="I232" s="1"/>
       <c r="J232" s="1" t="s">
-        <v>317</v>
+        <v>1415</v>
       </c>
       <c r="K232" s="1">
-        <v>1949153</v>
+        <v>2275893</v>
       </c>
       <c r="L232" s="1" t="s">
-        <v>1183</v>
-[...33 lines deleted...]
-        <v>251</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>